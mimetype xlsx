--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -30,336 +30,309 @@
   <si>
     <t>Vessel</t>
   </si>
   <si>
     <t>Arrival Time</t>
   </si>
   <si>
     <t>Departure Time</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Berth Code</t>
   </si>
   <si>
     <t>Cruise Agent</t>
   </si>
   <si>
     <t>Cruise Line</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
-    <t>Carnival Splendor</t>
+    <t>Discovery Princess</t>
   </si>
   <si>
     <t>Overseas Passenger Terminal</t>
   </si>
   <si>
     <t>OPT</t>
   </si>
   <si>
     <t>CVL</t>
   </si>
   <si>
-    <t>CARNIVAL CORP</t>
+    <t>PRINCESS CRUISE LINES LTD</t>
   </si>
   <si>
     <t>Confirmed</t>
   </si>
   <si>
     <t>Carnival Adventure</t>
   </si>
   <si>
+    <t>White Bay Cruise Terminal</t>
+  </si>
+  <si>
+    <t>WBCT</t>
+  </si>
+  <si>
     <t>CARNIVAL PLC</t>
+  </si>
+  <si>
+    <t>Anthem of the Seas</t>
+  </si>
+  <si>
+    <t>WPS</t>
+  </si>
+  <si>
+    <t>ROYAL CARIBBEAN CRUISES LTD</t>
+  </si>
+  <si>
+    <t>Carnival Splendor</t>
+  </si>
+  <si>
+    <t>CARNIVAL CORP</t>
+  </si>
+  <si>
+    <t>Noordam</t>
+  </si>
+  <si>
+    <t>White Bay 4</t>
+  </si>
+  <si>
+    <t>WHT4</t>
+  </si>
+  <si>
+    <t>HOLLAND AMERICA LINE NV</t>
   </si>
   <si>
     <t>Riviera</t>
   </si>
   <si>
-    <t>WPS</t>
-[...1 lines deleted...]
-  <si>
     <t>OCEANIA CRUISES LTD</t>
   </si>
   <si>
-    <t>Anthem of the Seas</t>
+    <t>Queen Anne</t>
   </si>
   <si>
-    <t>ROYAL CARIBBEAN CRUISES LTD</t>
+    <t>Cunard Line Ltd</t>
+  </si>
+  <si>
+    <t>Crown Princess</t>
   </si>
   <si>
     <t>Celebrity Edge</t>
   </si>
   <si>
     <t>Celebrity Cruises Inc</t>
   </si>
   <si>
-    <t>Discovery Princess</t>
-[...16 lines deleted...]
-  <si>
     <t>Norwegian Spirit</t>
   </si>
   <si>
     <t>NCL BAHAMAS LTD</t>
   </si>
   <si>
-    <t>Noordam</t>
+    <t>Viking Orion</t>
   </si>
   <si>
-    <t>HOLLAND AMERICA LINE NV</t>
+    <t>VIKING OCEAN CRUISES LTD</t>
   </si>
   <si>
-    <t>The World</t>
-[...17 lines deleted...]
-    <t>Seven Seas Explorer</t>
+    <t>Seven Seas Navigator</t>
   </si>
   <si>
     <t>REGENT SEVEN SEAS CRUISES INC</t>
   </si>
   <si>
-    <t>Viking Venus</t>
+    <t>Celebrity Solstice</t>
   </si>
   <si>
-    <t>VIKING OCEAN CRUISES LTD</t>
+    <t>Vista</t>
   </si>
   <si>
-    <t>Athol Bay Anchorage</t>
-[...14 lines deleted...]
-    <t>Silver Moon</t>
+    <t>Island Princess</t>
   </si>
   <si>
     <t>Refer PANSW</t>
   </si>
   <si>
     <t>SPC</t>
   </si>
   <si>
     <t>Newcastle Port Corp</t>
   </si>
   <si>
+    <t>Grand Princess</t>
+  </si>
+  <si>
+    <t>Costa Serena</t>
+  </si>
+  <si>
+    <t>COSTA CROCIERE SPA</t>
+  </si>
+  <si>
+    <t>Viking Venus</t>
+  </si>
+  <si>
+    <t>Royal Princess</t>
+  </si>
+  <si>
     <t>Azamara Pursuit</t>
   </si>
   <si>
     <t>V SHIPS LEISURE SAM</t>
   </si>
   <si>
-    <t>Crown Princess</t>
+    <t>Silver Moon</t>
+  </si>
+  <si>
+    <t>SILVERSEA CRUISES LTD</t>
+  </si>
+  <si>
+    <t>Seven Seas Explorer</t>
+  </si>
+  <si>
+    <t>Athol Bay Anchorage</t>
+  </si>
+  <si>
+    <t>ATH4A</t>
+  </si>
+  <si>
+    <t>AIDAsol</t>
+  </si>
+  <si>
+    <t>AIDA CRUISES</t>
   </si>
   <si>
     <t>Costa Deliziosa</t>
   </si>
   <si>
-    <t>COSTA CROCIERE SPA</t>
+    <t>Asuka II</t>
   </si>
   <si>
-    <t>Seven Seas Navigator</t>
+    <t>NYK Cruises Co Ltd</t>
   </si>
   <si>
     <t>Viking Sky</t>
   </si>
   <si>
-    <t>Vasco da Gama</t>
+    <t>Volendam</t>
+  </si>
+  <si>
+    <t>Regatta</t>
+  </si>
+  <si>
+    <t>Arcadia</t>
+  </si>
+  <si>
+    <t>Silver Dawn</t>
+  </si>
+  <si>
+    <t>Azamara Quest</t>
+  </si>
+  <si>
+    <t>Europa 2</t>
   </si>
   <si>
     <t>ISS</t>
   </si>
   <si>
-    <t>Odyssey</t>
+    <t>TUI Cruises GmbH</t>
   </si>
   <si>
-    <t>VV ODYSSEY LLC</t>
+    <t>Queen Victoria</t>
   </si>
   <si>
-    <t>Arcadia</t>
+    <t>Coral Princess</t>
   </si>
   <si>
-    <t>Seabourn Sojourn</t>
+    <t>Seabourn Quest</t>
+  </si>
+  <si>
+    <t>Seabourn Cruise Line Ltd</t>
+  </si>
+  <si>
+    <t>Amera</t>
+  </si>
+  <si>
+    <t>PHOENIX REISEN GMBH</t>
   </si>
   <si>
     <t>Crystal Serenity</t>
   </si>
   <si>
     <t>Crystal Cruises LLC</t>
   </si>
   <si>
-    <t>Coral Princess</t>
-[...10 lines deleted...]
-  <si>
     <t>MSC Magnifica</t>
   </si>
   <si>
     <t>MSC Crociere SpA</t>
-  </si>
-[...61 lines deleted...]
-    <t>Queen Victoria</t>
   </si>
   <si>
     <t>Seven Seas Splendor</t>
   </si>
   <si>
     <t>Carnival Luminosa</t>
   </si>
   <si>
     <t>Westerdam</t>
   </si>
   <si>
     <t>Sapphire Princess</t>
   </si>
   <si>
+    <t>Seven Seas Mariner</t>
+  </si>
+  <si>
     <t>AIDAdiva</t>
+  </si>
+  <si>
+    <t>Vasco da Gama</t>
   </si>
   <si>
     <t>Viking Vesta</t>
   </si>
   <si>
+    <t>Azamara Onward</t>
+  </si>
+  <si>
     <t>Amadea</t>
   </si>
   <si>
-    <t>Pacific World</t>
-[...2 lines deleted...]
-    <t>Integrated Maritime Management</t>
+    <t>Nautica</t>
   </si>
   <si>
     <t>Queen Elizabeth</t>
+  </si>
+  <si>
+    <t>Zaandam</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/MM/yyyy\ HH:mm"/>
   </numFmts>
   <fonts count="5">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FFFFFFFF"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
@@ -743,19725 +716,16137 @@
       </c>
       <c t="s" r="C1" s="1">
         <v>2</v>
       </c>
       <c t="s" r="D1" s="1">
         <v>3</v>
       </c>
       <c t="s" r="E1" s="1">
         <v>4</v>
       </c>
       <c t="s" r="F1" s="1">
         <v>5</v>
       </c>
       <c t="s" r="G1" s="1">
         <v>6</v>
       </c>
       <c t="s" r="H1" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="2" ht="13.5" customHeight="1">
       <c t="s" r="A2" s="2">
         <v>8</v>
       </c>
       <c r="B2" s="3">
-        <v>45999.270833333328</v>
+        <v>46093.239583333328</v>
       </c>
       <c r="C2" s="3">
-        <v>45999.645833333328</v>
+        <v>46093.677083333328</v>
       </c>
       <c t="s" r="D2" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E2" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F2" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G2" s="2">
         <v>12</v>
       </c>
       <c t="s" r="H2" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="3" ht="13.5" customHeight="1">
       <c t="s" r="A3" s="2">
         <v>14</v>
       </c>
       <c r="B3" s="3">
-        <v>46000.270833333328</v>
+        <v>46094.229166666664</v>
       </c>
       <c r="C3" s="3">
-        <v>46000.645833333328</v>
+        <v>46094.645833333328</v>
       </c>
       <c t="s" r="D3" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E3" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F3" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G3" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H3" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="4" ht="13.5" customHeight="1">
       <c t="s" r="A4" s="2">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B4" s="3">
-        <v>46001.270833333328</v>
+        <v>46094.25</v>
       </c>
       <c r="C4" s="3">
-        <v>46001.75</v>
+        <v>46094.697916666664</v>
       </c>
       <c t="s" r="D4" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E4" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F4" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G4" s="2">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c t="s" r="H4" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="5" ht="13.5" customHeight="1">
       <c t="s" r="A5" s="2">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B5" s="3">
-        <v>46002.25</v>
+        <v>46095.270833333328</v>
       </c>
       <c r="C5" s="3">
-        <v>46002.708333333328</v>
+        <v>46095.645833333328</v>
       </c>
       <c t="s" r="D5" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E5" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F5" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G5" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c t="s" r="H5" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="6" ht="13.5" customHeight="1">
       <c t="s" r="A6" s="2">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B6" s="3">
-        <v>46003.25</v>
+        <v>46096.083333333328</v>
       </c>
       <c r="C6" s="3">
-        <v>46003.6875</v>
+        <v>46096.875</v>
       </c>
       <c t="s" r="D6" s="2">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c t="s" r="E6" s="2">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c t="s" r="F6" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G6" s="2">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c t="s" r="H6" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="7" ht="13.5" customHeight="1">
       <c t="s" r="A7" s="2">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="B7" s="3">
-        <v>46004.270833333328</v>
+        <v>46096.25</v>
       </c>
       <c r="C7" s="3">
-        <v>46004.645833333328</v>
+        <v>46096.666666666664</v>
       </c>
       <c t="s" r="D7" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E7" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F7" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G7" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c t="s" r="H7" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="8" ht="13.5" customHeight="1">
       <c t="s" r="A8" s="2">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="B8" s="3">
-        <v>46007.270833333328</v>
+        <v>46096.270833333328</v>
       </c>
       <c r="C8" s="3">
-        <v>46007.645833333328</v>
+        <v>46096.75</v>
       </c>
       <c t="s" r="D8" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E8" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F8" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G8" s="2">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c t="s" r="H8" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="9" ht="13.5" customHeight="1">
       <c t="s" r="A9" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B9" s="3">
-        <v>46009.270833333328</v>
+        <v>46097.1875</v>
       </c>
       <c r="C9" s="3">
-        <v>46009.645833333328</v>
+        <v>46097.645833333328</v>
       </c>
       <c t="s" r="D9" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E9" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F9" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G9" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H9" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="10" ht="13.5" customHeight="1">
-      <c t="s" r="A10" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H10" s="2">
+      <c t="s" r="A10" s="4">
+        <v>29</v>
+      </c>
+      <c r="B10" s="5">
+        <v>46097.25</v>
+      </c>
+      <c r="C10" s="5">
+        <v>46098.78125</v>
+      </c>
+      <c t="s" r="D10" s="4">
+        <v>9</v>
+      </c>
+      <c t="s" r="E10" s="4">
+        <v>10</v>
+      </c>
+      <c t="s" r="F10" s="4">
+        <v>11</v>
+      </c>
+      <c t="s" r="G10" s="4">
+        <v>30</v>
+      </c>
+      <c t="s" r="H10" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="11" ht="13.5" customHeight="1">
       <c t="s" r="A11" s="2">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="B11" s="3">
-        <v>46011.25</v>
+        <v>46101.270833333328</v>
       </c>
       <c r="C11" s="3">
-        <v>46011.666666666664</v>
+        <v>46101.645833333328</v>
       </c>
       <c t="s" r="D11" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E11" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F11" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G11" s="2">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c t="s" r="H11" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="12" ht="13.5" customHeight="1">
       <c t="s" r="A12" s="2">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="B12" s="3">
-        <v>46011.291666666664</v>
+        <v>46102.25</v>
       </c>
       <c r="C12" s="3">
-        <v>46011.666666666664</v>
+        <v>46102.75</v>
       </c>
       <c t="s" r="D12" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E12" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F12" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G12" s="2">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c t="s" r="H12" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="13" ht="13.5" customHeight="1">
       <c t="s" r="A13" s="2">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="B13" s="3">
-        <v>46012.25</v>
+        <v>46103.25</v>
       </c>
       <c r="C13" s="3">
-        <v>46012.75</v>
+        <v>46103.708333333328</v>
       </c>
       <c t="s" r="D13" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E13" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F13" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G13" s="2">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c t="s" r="H13" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="14" ht="13.5" customHeight="1">
       <c t="s" r="A14" s="2">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="B14" s="3">
-        <v>46012.291666666664</v>
+        <v>46104.25</v>
       </c>
       <c r="C14" s="3">
-        <v>46012.708333333328</v>
+        <v>46104.645833333328</v>
       </c>
       <c t="s" r="D14" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E14" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F14" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G14" s="2">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c t="s" r="H14" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="15" ht="13.5" customHeight="1">
       <c t="s" r="A15" s="2">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="B15" s="3">
-        <v>46012.416666666664</v>
+        <v>46104.270833333328</v>
       </c>
       <c r="C15" s="3">
-        <v>46012.999305555553</v>
+        <v>46104.6875</v>
       </c>
       <c t="s" r="D15" s="2">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c t="s" r="E15" s="2">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c t="s" r="F15" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G15" s="2">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c t="s" r="H15" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="16" ht="13.5" customHeight="1">
-      <c t="s" r="A16" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H16" s="4">
+      <c t="s" r="A16" s="2">
+        <v>8</v>
+      </c>
+      <c r="B16" s="3">
+        <v>46109.25</v>
+      </c>
+      <c r="C16" s="3">
+        <v>46109.666666666664</v>
+      </c>
+      <c t="s" r="D16" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E16" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F16" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G16" s="2">
+        <v>12</v>
+      </c>
+      <c t="s" r="H16" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="17" ht="13.5" customHeight="1">
       <c t="s" r="A17" s="2">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="B17" s="3">
-        <v>46014.25</v>
+        <v>46110.25</v>
       </c>
       <c r="C17" s="3">
-        <v>46014.6875</v>
+        <v>46110.6875</v>
       </c>
       <c t="s" r="D17" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E17" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F17" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G17" s="2">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c t="s" r="H17" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="18" ht="13.5" customHeight="1">
       <c t="s" r="A18" s="2">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B18" s="3">
-        <v>46017.000694444439</v>
+        <v>46110.25</v>
       </c>
       <c r="C18" s="3">
-        <v>46017.75</v>
+        <v>46110.75</v>
       </c>
       <c t="s" r="D18" s="2">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c t="s" r="E18" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F18" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G18" s="2">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c t="s" r="H18" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="19" ht="13.5" customHeight="1">
       <c t="s" r="A19" s="2">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="B19" s="3">
-        <v>46017.208333333328</v>
+        <v>46111.270833333328</v>
       </c>
       <c r="C19" s="3">
-        <v>46017.645833333328</v>
+        <v>46111.958333333328</v>
       </c>
       <c t="s" r="D19" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E19" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F19" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G19" s="2">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c t="s" r="H19" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="20" ht="13.5" customHeight="1">
       <c t="s" r="A20" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B20" s="3">
-        <v>46017.270833333328</v>
+        <v>46114.208333333328</v>
       </c>
       <c r="C20" s="3">
-        <v>46017.6875</v>
+        <v>46114.645833333328</v>
       </c>
       <c t="s" r="D20" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E20" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F20" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G20" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H20" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="21" ht="13.5" customHeight="1">
       <c t="s" r="A21" s="2">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="B21" s="3">
-        <v>46018.270833333328</v>
+        <v>46114.270833333328</v>
       </c>
       <c r="C21" s="3">
-        <v>46018.791666666664</v>
+        <v>46114.6875</v>
       </c>
       <c t="s" r="D21" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E21" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F21" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G21" s="2">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c t="s" r="H21" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="22" ht="13.5" customHeight="1">
-      <c t="s" r="A22" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H22" s="4">
+      <c t="s" r="A22" s="2">
+        <v>18</v>
+      </c>
+      <c r="B22" s="3">
+        <v>46115.25</v>
+      </c>
+      <c r="C22" s="3">
+        <v>46115.708333333328</v>
+      </c>
+      <c t="s" r="D22" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E22" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F22" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G22" s="2">
+        <v>20</v>
+      </c>
+      <c t="s" r="H22" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="23" ht="13.5" customHeight="1">
       <c t="s" r="A23" s="4">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="B23" s="5">
-        <v>46018.333333333328</v>
+        <v>46115.416666666664</v>
       </c>
       <c r="C23" s="5">
-        <v>46020.125</v>
+        <v>46116.666666666664</v>
       </c>
       <c t="s" r="D23" s="4">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c t="s" r="E23" s="4">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c t="s" r="F23" s="4">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G23" s="4">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c t="s" r="H23" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="24" ht="13.5" customHeight="1">
       <c t="s" r="A24" s="2">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="B24" s="3">
-        <v>46019.25</v>
+        <v>46116.416666666664</v>
       </c>
       <c r="C24" s="3">
-        <v>46019.708333333328</v>
+        <v>46116.791666666664</v>
       </c>
       <c t="s" r="D24" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E24" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F24" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G24" s="2">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c t="s" r="H24" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="25" ht="13.5" customHeight="1">
       <c t="s" r="A25" s="2">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="B25" s="3">
-        <v>46020.166666666664</v>
+        <v>46118.270833333328</v>
       </c>
       <c r="C25" s="3">
-        <v>46020.75</v>
+        <v>46118.645833333328</v>
       </c>
       <c t="s" r="D25" s="2">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c t="s" r="E25" s="2">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c t="s" r="F25" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G25" s="2">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c t="s" r="H25" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="26" ht="13.5" customHeight="1">
       <c t="s" r="A26" s="2">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="B26" s="3">
-        <v>46020.25</v>
+        <v>46119.25</v>
       </c>
       <c r="C26" s="3">
-        <v>46020.708333333328</v>
+        <v>46119.78125</v>
       </c>
       <c t="s" r="D26" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E26" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F26" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G26" s="2">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c t="s" r="H26" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="27" ht="13.5" customHeight="1">
       <c t="s" r="A27" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B27" s="3">
-        <v>46020.270833333328</v>
+        <v>46119.270833333328</v>
       </c>
       <c r="C27" s="3">
-        <v>46020.645833333328</v>
+        <v>46119.645833333328</v>
       </c>
       <c t="s" r="D27" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E27" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F27" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G27" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H27" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="28" ht="13.5" customHeight="1">
       <c t="s" r="A28" s="2">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="B28" s="3">
-        <v>46020.333333333328</v>
+        <v>46121.270833333328</v>
       </c>
       <c r="C28" s="3">
-        <v>46020.770833333328</v>
+        <v>46121.6875</v>
       </c>
       <c t="s" r="D28" s="2">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c t="s" r="E28" s="2">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c t="s" r="F28" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G28" s="2">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c t="s" r="H28" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="29" ht="13.5" customHeight="1">
-      <c t="s" r="A29" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H29" s="4">
+      <c t="s" r="A29" s="2">
+        <v>41</v>
+      </c>
+      <c r="B29" s="3">
+        <v>46121.270833333328</v>
+      </c>
+      <c r="C29" s="3">
+        <v>46121.75</v>
+      </c>
+      <c t="s" r="D29" s="2">
+        <v>15</v>
+      </c>
+      <c t="s" r="E29" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F29" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G29" s="2">
+        <v>28</v>
+      </c>
+      <c t="s" r="H29" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="30" ht="13.5" customHeight="1">
       <c t="s" r="A30" s="2">
+        <v>18</v>
+      </c>
+      <c r="B30" s="3">
+        <v>46123.25</v>
+      </c>
+      <c r="C30" s="3">
+        <v>46123.708333333328</v>
+      </c>
+      <c t="s" r="D30" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E30" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F30" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G30" s="2">
+        <v>20</v>
+      </c>
+      <c t="s" r="H30" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="31" ht="13.5" customHeight="1">
+      <c t="s" r="A31" s="2">
         <v>14</v>
       </c>
-      <c r="B30" s="3">
-[...14 lines deleted...]
-      <c t="s" r="G30" s="2">
+      <c r="B31" s="3">
+        <v>46123.270833333328</v>
+      </c>
+      <c r="C31" s="3">
+        <v>46123.645833333328</v>
+      </c>
+      <c t="s" r="D31" s="2">
         <v>15</v>
       </c>
-      <c t="s" r="H30" s="2">
-[...19 lines deleted...]
-      <c t="s" r="F31" s="4">
+      <c t="s" r="E31" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F31" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G31" s="2">
         <v>17</v>
       </c>
-      <c t="s" r="G31" s="4">
-[...2 lines deleted...]
-      <c t="s" r="H31" s="4">
+      <c t="s" r="H31" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="32" ht="13.5" customHeight="1">
-      <c t="s" r="A32" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H32" s="6">
+      <c t="s" r="A32" s="2">
+        <v>32</v>
+      </c>
+      <c r="B32" s="3">
+        <v>46124.25</v>
+      </c>
+      <c r="C32" s="3">
+        <v>46124.6875</v>
+      </c>
+      <c t="s" r="D32" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E32" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F32" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G32" s="2">
+        <v>33</v>
+      </c>
+      <c t="s" r="H32" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="33" ht="13.5" customHeight="1">
-      <c t="s" r="A33" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H33" s="4">
+      <c t="s" r="A33" s="2">
+        <v>42</v>
+      </c>
+      <c r="B33" s="3">
+        <v>46125.270833333328</v>
+      </c>
+      <c r="C33" s="3">
+        <v>46125.958333333328</v>
+      </c>
+      <c t="s" r="D33" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E33" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F33" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G33" s="2">
+        <v>12</v>
+      </c>
+      <c t="s" r="H33" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="34" ht="13.5" customHeight="1">
-      <c t="s" r="A34" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H34" s="4">
+      <c t="s" r="A34" s="2">
+        <v>18</v>
+      </c>
+      <c r="B34" s="3">
+        <v>46126.270833333328</v>
+      </c>
+      <c r="C34" s="3">
+        <v>46126.6875</v>
+      </c>
+      <c t="s" r="D34" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E34" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F34" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G34" s="2">
+        <v>20</v>
+      </c>
+      <c t="s" r="H34" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="35" ht="13.5" customHeight="1">
       <c t="s" r="A35" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B35" s="3">
-        <v>46025.25</v>
+        <v>46127.270833333328</v>
       </c>
       <c r="C35" s="3">
-        <v>46025.666666666664</v>
+        <v>46127.645833333328</v>
       </c>
       <c t="s" r="D35" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E35" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F35" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G35" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c t="s" r="H35" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="36" ht="13.5" customHeight="1">
       <c t="s" r="A36" s="2">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="B36" s="3">
-        <v>46025.25</v>
+        <v>46130.25</v>
       </c>
       <c r="C36" s="3">
-        <v>46025.78125</v>
+        <v>46130.666666666664</v>
       </c>
       <c t="s" r="D36" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E36" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F36" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G36" s="2">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c t="s" r="H36" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="37" ht="13.5" customHeight="1">
       <c t="s" r="A37" s="2">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="B37" s="3">
-        <v>46026.291666666664</v>
+        <v>46131.270833333328</v>
       </c>
       <c r="C37" s="3">
-        <v>46026.75</v>
+        <v>46131.645833333328</v>
       </c>
       <c t="s" r="D37" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E37" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F37" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G37" s="2">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c t="s" r="H37" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="38" ht="13.5" customHeight="1">
       <c t="s" r="A38" s="2">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="B38" s="3">
-        <v>46027.25</v>
+        <v>46132.25</v>
       </c>
       <c r="C38" s="3">
-        <v>46027.6875</v>
+        <v>46132.6875</v>
       </c>
       <c t="s" r="D38" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E38" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F38" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G38" s="2">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c t="s" r="H38" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="39" ht="13.5" customHeight="1">
       <c t="s" r="A39" s="2">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="B39" s="3">
-        <v>46028.25</v>
+        <v>46132.270833333328</v>
       </c>
       <c r="C39" s="3">
-        <v>46028.791666666664</v>
+        <v>46132.645833333328</v>
       </c>
       <c t="s" r="D39" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E39" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F39" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G39" s="2">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c t="s" r="H39" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="40" ht="13.5" customHeight="1">
       <c t="s" r="A40" s="2">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="B40" s="3">
-        <v>46029.270833333328</v>
+        <v>46134.25</v>
       </c>
       <c r="C40" s="3">
-        <v>46029.645833333328</v>
+        <v>46134.78125</v>
       </c>
       <c t="s" r="D40" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E40" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F40" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G40" s="2">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c t="s" r="H40" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="41" ht="13.5" customHeight="1">
-      <c t="s" r="A41" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H41" s="4">
+      <c t="s" r="A41" s="2">
+        <v>21</v>
+      </c>
+      <c r="B41" s="3">
+        <v>46135.270833333328</v>
+      </c>
+      <c r="C41" s="3">
+        <v>46135.645833333328</v>
+      </c>
+      <c t="s" r="D41" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E41" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F41" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G41" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H41" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="42" ht="13.5" customHeight="1">
       <c t="s" r="A42" s="2">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B42" s="3">
-        <v>46030.25</v>
+        <v>46136.270833333328</v>
       </c>
       <c r="C42" s="3">
-        <v>46030.708333333328</v>
+        <v>46136.645833333328</v>
       </c>
       <c t="s" r="D42" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E42" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F42" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G42" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c t="s" r="H42" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="43" ht="13.5" customHeight="1">
       <c t="s" r="A43" s="2">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="B43" s="3">
-        <v>46030.25</v>
+        <v>46137.25</v>
       </c>
       <c r="C43" s="3">
-        <v>46030.78125</v>
+        <v>46137.666666666664</v>
       </c>
       <c t="s" r="D43" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E43" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F43" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G43" s="2">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c t="s" r="H43" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="44" ht="13.5" customHeight="1">
       <c t="s" r="A44" s="2">
         <v>14</v>
       </c>
       <c r="B44" s="3">
-        <v>46031.270833333328</v>
+        <v>46139.270833333328</v>
       </c>
       <c r="C44" s="3">
-        <v>46031.645833333328</v>
+        <v>46139.645833333328</v>
       </c>
       <c t="s" r="D44" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E44" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F44" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G44" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H44" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="45" ht="13.5" customHeight="1">
-      <c t="s" r="A45" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H45" s="4">
+      <c t="s" r="A45" s="2">
+        <v>21</v>
+      </c>
+      <c r="B45" s="3">
+        <v>46140.270833333328</v>
+      </c>
+      <c r="C45" s="3">
+        <v>46140.645833333328</v>
+      </c>
+      <c t="s" r="D45" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E45" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F45" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G45" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H45" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="46" ht="13.5" customHeight="1">
       <c t="s" r="A46" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B46" s="3">
-        <v>46033.270833333328</v>
+        <v>46143.270833333328</v>
       </c>
       <c r="C46" s="3">
-        <v>46033.645833333328</v>
+        <v>46143.645833333328</v>
       </c>
       <c t="s" r="D46" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E46" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F46" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G46" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H46" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="47" ht="13.5" customHeight="1">
-      <c t="s" r="A47" s="2">
+      <c t="s" r="A47" s="6">
+        <v>43</v>
+      </c>
+      <c r="B47" s="7">
+        <v>46145.166666666664</v>
+      </c>
+      <c r="C47" s="7">
+        <v>46145.75</v>
+      </c>
+      <c t="s" r="D47" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E47" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F47" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G47" s="6">
         <v>45</v>
       </c>
-      <c r="B47" s="3">
-[...17 lines deleted...]
-      <c t="s" r="H47" s="2">
+      <c t="s" r="H47" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="48" ht="13.5" customHeight="1">
       <c t="s" r="A48" s="2">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B48" s="3">
-        <v>46036.25</v>
+        <v>46146.270833333328</v>
       </c>
       <c r="C48" s="3">
-        <v>46036.6875</v>
+        <v>46146.645833333328</v>
       </c>
       <c t="s" r="D48" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E48" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F48" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G48" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c t="s" r="H48" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="49" ht="13.5" customHeight="1">
       <c t="s" r="A49" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B49" s="3">
-        <v>46037.25</v>
+        <v>46150.270833333328</v>
       </c>
       <c r="C49" s="3">
-        <v>46037.666666666664</v>
+        <v>46150.645833333328</v>
       </c>
       <c t="s" r="D49" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E49" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F49" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G49" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c t="s" r="H49" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="50" ht="13.5" customHeight="1">
       <c t="s" r="A50" s="2">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="B50" s="3">
-        <v>46038.25</v>
+        <v>46152.25</v>
       </c>
       <c r="C50" s="3">
-        <v>46038.78125</v>
+        <v>46152.75</v>
       </c>
       <c t="s" r="D50" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E50" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F50" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G50" s="2">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c t="s" r="H50" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="51" ht="13.5" customHeight="1">
       <c t="s" r="A51" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B51" s="3">
-        <v>46038.270833333328</v>
+        <v>46153.270833333328</v>
       </c>
       <c r="C51" s="3">
-        <v>46038.645833333328</v>
+        <v>46153.645833333328</v>
       </c>
       <c t="s" r="D51" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E51" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F51" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G51" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H51" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="52" ht="13.5" customHeight="1">
       <c t="s" r="A52" s="2">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B52" s="3">
-        <v>46039.25</v>
+        <v>46158.270833333328</v>
       </c>
       <c r="C52" s="3">
-        <v>46039.708333333328</v>
+        <v>46158.645833333328</v>
       </c>
       <c t="s" r="D52" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E52" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F52" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G52" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c t="s" r="H52" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="53" ht="13.5" customHeight="1">
       <c t="s" r="A53" s="2">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="B53" s="3">
-        <v>46039.25</v>
+        <v>46162.270833333328</v>
       </c>
       <c r="C53" s="3">
-        <v>46039.75</v>
+        <v>46162.645833333328</v>
       </c>
       <c t="s" r="D53" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E53" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F53" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G53" s="2">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c t="s" r="H53" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="54" ht="13.5" customHeight="1">
-      <c t="s" r="A54" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H54" s="2">
+      <c t="s" r="A54" s="6">
+        <v>43</v>
+      </c>
+      <c r="B54" s="7">
+        <v>46164.6875</v>
+      </c>
+      <c r="C54" s="7">
+        <v>46164.999305555553</v>
+      </c>
+      <c t="s" r="D54" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E54" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F54" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G54" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H54" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="55" ht="13.5" customHeight="1">
-      <c t="s" r="A55" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H55" s="2">
+      <c t="s" r="A55" s="6">
+        <v>43</v>
+      </c>
+      <c r="B55" s="7">
+        <v>46165.6875</v>
+      </c>
+      <c r="C55" s="7">
+        <v>46165.999305555553</v>
+      </c>
+      <c t="s" r="D55" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E55" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F55" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G55" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H55" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="56" ht="13.5" customHeight="1">
-      <c t="s" r="A56" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H56" s="2">
+      <c t="s" r="A56" s="6">
+        <v>43</v>
+      </c>
+      <c r="B56" s="7">
+        <v>46166.6875</v>
+      </c>
+      <c r="C56" s="7">
+        <v>46166.999305555553</v>
+      </c>
+      <c t="s" r="D56" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E56" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F56" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G56" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H56" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="57" ht="13.5" customHeight="1">
       <c t="s" r="A57" s="2">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="B57" s="3">
-        <v>46041.291666666664</v>
+        <v>46167.270833333328</v>
       </c>
       <c r="C57" s="3">
-        <v>46041.666666666664</v>
+        <v>46167.645833333328</v>
       </c>
       <c t="s" r="D57" s="2">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c t="s" r="E57" s="2">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c t="s" r="F57" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G57" s="2">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c t="s" r="H57" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="58" ht="13.5" customHeight="1">
-      <c t="s" r="A58" s="4">
+      <c t="s" r="A58" s="6">
+        <v>43</v>
+      </c>
+      <c r="B58" s="7">
+        <v>46167.6875</v>
+      </c>
+      <c r="C58" s="7">
+        <v>46167.999305555553</v>
+      </c>
+      <c t="s" r="D58" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E58" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F58" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G58" s="6">
         <v>45</v>
       </c>
-      <c r="B58" s="5">
-[...17 lines deleted...]
-      <c t="s" r="H58" s="4">
+      <c t="s" r="H58" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="59" ht="13.5" customHeight="1">
-      <c t="s" r="A59" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H59" s="4">
+      <c t="s" r="A59" s="6">
+        <v>43</v>
+      </c>
+      <c r="B59" s="7">
+        <v>46168.6875</v>
+      </c>
+      <c r="C59" s="7">
+        <v>46168.999305555553</v>
+      </c>
+      <c t="s" r="D59" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E59" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F59" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G59" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H59" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="60" ht="13.5" customHeight="1">
-      <c t="s" r="A60" s="2">
+      <c t="s" r="A60" s="6">
+        <v>43</v>
+      </c>
+      <c r="B60" s="7">
+        <v>46169.6875</v>
+      </c>
+      <c r="C60" s="7">
+        <v>46169.999305555553</v>
+      </c>
+      <c t="s" r="D60" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E60" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F60" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G60" s="6">
         <v>45</v>
       </c>
-      <c r="B60" s="3">
-[...17 lines deleted...]
-      <c t="s" r="H60" s="2">
+      <c t="s" r="H60" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="61" ht="13.5" customHeight="1">
-      <c t="s" r="A61" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H61" s="2">
+      <c t="s" r="A61" s="6">
+        <v>43</v>
+      </c>
+      <c r="B61" s="7">
+        <v>46170.6875</v>
+      </c>
+      <c r="C61" s="7">
+        <v>46170.999305555553</v>
+      </c>
+      <c t="s" r="D61" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E61" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F61" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G61" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H61" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="62" ht="13.5" customHeight="1">
       <c t="s" r="A62" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B62" s="3">
-        <v>46046.21875</v>
+        <v>46171.270833333328</v>
       </c>
       <c r="C62" s="3">
-        <v>46046.6875</v>
+        <v>46171.645833333328</v>
       </c>
       <c t="s" r="D62" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E62" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F62" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G62" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H62" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="63" ht="13.5" customHeight="1">
-      <c t="s" r="A63" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H63" s="2">
+      <c t="s" r="A63" s="6">
+        <v>43</v>
+      </c>
+      <c r="B63" s="7">
+        <v>46171.6875</v>
+      </c>
+      <c r="C63" s="7">
+        <v>46171.999305555553</v>
+      </c>
+      <c t="s" r="D63" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E63" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F63" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G63" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H63" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="64" ht="13.5" customHeight="1">
       <c t="s" r="A64" s="2">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="B64" s="3">
-        <v>46046.333333333328</v>
+        <v>46172.270833333328</v>
       </c>
       <c r="C64" s="3">
-        <v>46046.75</v>
+        <v>46172.645833333328</v>
       </c>
       <c t="s" r="D64" s="2">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c t="s" r="E64" s="2">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c t="s" r="F64" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G64" s="2">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c t="s" r="H64" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="65" ht="13.5" customHeight="1">
-      <c t="s" r="A65" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H65" s="4">
+      <c t="s" r="A65" s="6">
+        <v>43</v>
+      </c>
+      <c r="B65" s="7">
+        <v>46172.6875</v>
+      </c>
+      <c r="C65" s="7">
+        <v>46172.999305555553</v>
+      </c>
+      <c t="s" r="D65" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E65" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F65" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G65" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H65" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="66" ht="13.5" customHeight="1">
-      <c t="s" r="A66" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H66" s="2">
+      <c t="s" r="A66" s="6">
+        <v>43</v>
+      </c>
+      <c r="B66" s="7">
+        <v>46173.6875</v>
+      </c>
+      <c r="C66" s="7">
+        <v>46173.999305555553</v>
+      </c>
+      <c t="s" r="D66" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E66" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F66" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G66" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H66" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="67" ht="13.5" customHeight="1">
       <c t="s" r="A67" s="2">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="B67" s="3">
-        <v>46047.291666666664</v>
+        <v>46174.270833333328</v>
       </c>
       <c r="C67" s="3">
-        <v>46047.708333333328</v>
+        <v>46174.645833333328</v>
       </c>
       <c t="s" r="D67" s="2">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c t="s" r="E67" s="2">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c t="s" r="F67" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G67" s="2">
         <v>17</v>
       </c>
-      <c t="s" r="G67" s="2">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="H67" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="68" ht="13.5" customHeight="1">
-      <c t="s" r="A68" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H68" s="4">
+      <c t="s" r="A68" s="6">
+        <v>43</v>
+      </c>
+      <c r="B68" s="7">
+        <v>46174.6875</v>
+      </c>
+      <c r="C68" s="7">
+        <v>46174.999305555553</v>
+      </c>
+      <c t="s" r="D68" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E68" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F68" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G68" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H68" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="69" ht="13.5" customHeight="1">
       <c t="s" r="A69" s="6">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="B69" s="7">
-        <v>46048.000694444439</v>
+        <v>46175.6875</v>
       </c>
       <c r="C69" s="7">
-        <v>46048.999305555553</v>
+        <v>46175.999305555553</v>
       </c>
       <c t="s" r="D69" s="6">
         <v>9</v>
       </c>
       <c t="s" r="E69" s="6">
         <v>10</v>
       </c>
       <c t="s" r="F69" s="6">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c t="s" r="G69" s="6">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c t="s" r="H69" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="70" ht="13.5" customHeight="1">
-      <c t="s" r="A70" s="2">
+      <c t="s" r="A70" s="6">
+        <v>43</v>
+      </c>
+      <c r="B70" s="7">
+        <v>46176.6875</v>
+      </c>
+      <c r="C70" s="7">
+        <v>46176.999305555553</v>
+      </c>
+      <c t="s" r="D70" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E70" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F70" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G70" s="6">
         <v>45</v>
       </c>
-      <c r="B70" s="3">
-[...17 lines deleted...]
-      <c t="s" r="H70" s="2">
+      <c t="s" r="H70" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="71" ht="13.5" customHeight="1">
-      <c t="s" r="A71" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H71" s="2">
+      <c t="s" r="A71" s="6">
+        <v>43</v>
+      </c>
+      <c r="B71" s="7">
+        <v>46177.6875</v>
+      </c>
+      <c r="C71" s="7">
+        <v>46177.999305555553</v>
+      </c>
+      <c t="s" r="D71" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E71" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F71" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G71" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H71" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="72" ht="13.5" customHeight="1">
       <c t="s" r="A72" s="2">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B72" s="3">
-        <v>46049.25</v>
+        <v>46178.270833333328</v>
       </c>
       <c r="C72" s="3">
-        <v>46049.6875</v>
+        <v>46178.645833333328</v>
       </c>
       <c t="s" r="D72" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E72" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F72" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G72" s="2">
         <v>17</v>
       </c>
-      <c t="s" r="G72" s="2">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="H72" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="73" ht="13.5" customHeight="1">
-      <c t="s" r="A73" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H73" s="2">
+      <c t="s" r="A73" s="6">
+        <v>43</v>
+      </c>
+      <c r="B73" s="7">
+        <v>46178.6875</v>
+      </c>
+      <c r="C73" s="7">
+        <v>46178.999305555553</v>
+      </c>
+      <c t="s" r="D73" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E73" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F73" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G73" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H73" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="74" ht="13.5" customHeight="1">
-      <c t="s" r="A74" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H74" s="2">
+      <c t="s" r="A74" s="6">
+        <v>43</v>
+      </c>
+      <c r="B74" s="7">
+        <v>46179.6875</v>
+      </c>
+      <c r="C74" s="7">
+        <v>46179.999305555553</v>
+      </c>
+      <c t="s" r="D74" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E74" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F74" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G74" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H74" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="75" ht="13.5" customHeight="1">
       <c t="s" r="A75" s="2">
         <v>21</v>
       </c>
       <c r="B75" s="3">
-        <v>46051.25</v>
+        <v>46180.270833333328</v>
       </c>
       <c r="C75" s="3">
-        <v>46051.6875</v>
+        <v>46180.645833333328</v>
       </c>
       <c t="s" r="D75" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E75" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F75" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G75" s="2">
         <v>22</v>
       </c>
       <c t="s" r="H75" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="76" ht="13.5" customHeight="1">
-      <c t="s" r="A76" s="4">
+      <c t="s" r="A76" s="6">
+        <v>43</v>
+      </c>
+      <c r="B76" s="7">
+        <v>46180.6875</v>
+      </c>
+      <c r="C76" s="7">
+        <v>46180.999305555553</v>
+      </c>
+      <c t="s" r="D76" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E76" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F76" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G76" s="6">
         <v>45</v>
       </c>
-      <c r="B76" s="5">
-[...17 lines deleted...]
-      <c t="s" r="H76" s="4">
+      <c t="s" r="H76" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="77" ht="13.5" customHeight="1">
       <c t="s" r="A77" s="2">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="B77" s="3">
-        <v>46052.291666666664</v>
+        <v>46181.270833333328</v>
       </c>
       <c r="C77" s="3">
-        <v>46052.791666666664</v>
+        <v>46181.645833333328</v>
       </c>
       <c t="s" r="D77" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E77" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F77" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G77" s="2">
         <v>17</v>
       </c>
-      <c t="s" r="G77" s="2">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="H77" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="78" ht="13.5" customHeight="1">
-      <c t="s" r="A78" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H78" s="4">
+      <c t="s" r="A78" s="6">
+        <v>43</v>
+      </c>
+      <c r="B78" s="7">
+        <v>46181.6875</v>
+      </c>
+      <c r="C78" s="7">
+        <v>46181.999305555553</v>
+      </c>
+      <c t="s" r="D78" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E78" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F78" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G78" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H78" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="79" ht="13.5" customHeight="1">
-      <c t="s" r="A79" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H79" s="2">
+      <c t="s" r="A79" s="6">
+        <v>43</v>
+      </c>
+      <c r="B79" s="7">
+        <v>46182.6875</v>
+      </c>
+      <c r="C79" s="7">
+        <v>46182.999305555553</v>
+      </c>
+      <c t="s" r="D79" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E79" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F79" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G79" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H79" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="80" ht="13.5" customHeight="1">
-      <c t="s" r="A80" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H80" s="2">
+      <c t="s" r="A80" s="6">
+        <v>43</v>
+      </c>
+      <c r="B80" s="7">
+        <v>46183.6875</v>
+      </c>
+      <c r="C80" s="7">
+        <v>46183.999305555553</v>
+      </c>
+      <c t="s" r="D80" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E80" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F80" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G80" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H80" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="81" ht="13.5" customHeight="1">
       <c t="s" r="A81" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B81" s="3">
-        <v>46054.270833333328</v>
+        <v>46184.270833333328</v>
       </c>
       <c r="C81" s="3">
-        <v>46054.645833333328</v>
+        <v>46184.645833333328</v>
       </c>
       <c t="s" r="D81" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E81" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F81" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G81" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H81" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="82" ht="13.5" customHeight="1">
-      <c t="s" r="A82" s="2">
+      <c t="s" r="A82" s="6">
+        <v>43</v>
+      </c>
+      <c r="B82" s="7">
+        <v>46184.6875</v>
+      </c>
+      <c r="C82" s="7">
+        <v>46184.999305555553</v>
+      </c>
+      <c t="s" r="D82" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E82" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F82" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G82" s="6">
         <v>45</v>
       </c>
-      <c r="B82" s="3">
-[...11 lines deleted...]
-      <c t="s" r="F82" s="2">
+      <c t="s" r="H82" s="6">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="83" ht="13.5" customHeight="1">
+      <c t="s" r="A83" s="6">
+        <v>43</v>
+      </c>
+      <c r="B83" s="7">
+        <v>46185.6875</v>
+      </c>
+      <c r="C83" s="7">
+        <v>46185.999305555553</v>
+      </c>
+      <c t="s" r="D83" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E83" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F83" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G83" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H83" s="6">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="84" ht="13.5" customHeight="1">
+      <c t="s" r="A84" s="6">
+        <v>43</v>
+      </c>
+      <c r="B84" s="7">
+        <v>46186.6875</v>
+      </c>
+      <c r="C84" s="7">
+        <v>46186.999305555553</v>
+      </c>
+      <c t="s" r="D84" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E84" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F84" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G84" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H84" s="6">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="85" ht="13.5" customHeight="1">
+      <c t="s" r="A85" s="2">
+        <v>14</v>
+      </c>
+      <c r="B85" s="3">
+        <v>46191.270833333328</v>
+      </c>
+      <c r="C85" s="3">
+        <v>46191.645833333328</v>
+      </c>
+      <c t="s" r="D85" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E85" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F85" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G85" s="2">
         <v>17</v>
       </c>
-      <c t="s" r="G82" s="2">
-[...80 lines deleted...]
-      <c t="s" r="H85" s="4">
+      <c t="s" r="H85" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="86" ht="13.5" customHeight="1">
       <c t="s" r="A86" s="2">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B86" s="3">
-        <v>46059.25</v>
+        <v>46193.270833333328</v>
       </c>
       <c r="C86" s="3">
-        <v>46059.708333333328</v>
+        <v>46193.645833333328</v>
       </c>
       <c t="s" r="D86" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E86" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F86" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G86" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c t="s" r="H86" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="87" ht="13.5" customHeight="1">
       <c t="s" r="A87" s="2">
         <v>14</v>
       </c>
       <c r="B87" s="3">
-        <v>46060.270833333328</v>
+        <v>46195.270833333328</v>
       </c>
       <c r="C87" s="3">
-        <v>46060.645833333328</v>
+        <v>46195.645833333328</v>
       </c>
       <c t="s" r="D87" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E87" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F87" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G87" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H87" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="88" ht="13.5" customHeight="1">
       <c t="s" r="A88" s="2">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="B88" s="3">
-        <v>46061.291666666664</v>
+        <v>46197.270833333328</v>
       </c>
       <c r="C88" s="3">
-        <v>46061.833333333328</v>
+        <v>46197.645833333328</v>
       </c>
       <c t="s" r="D88" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E88" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F88" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G88" s="2">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c t="s" r="H88" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="89" ht="13.5" customHeight="1">
       <c t="s" r="A89" s="2">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="B89" s="3">
-        <v>46062.25</v>
+        <v>46205.270833333328</v>
       </c>
       <c r="C89" s="3">
-        <v>46062.78125</v>
+        <v>46205.645833333328</v>
       </c>
       <c t="s" r="D89" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E89" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F89" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G89" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c t="s" r="H89" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="90" ht="13.5" customHeight="1">
       <c t="s" r="A90" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B90" s="3">
-        <v>46063.270833333328</v>
+        <v>46206.270833333328</v>
       </c>
       <c r="C90" s="3">
-        <v>46063.645833333328</v>
+        <v>46206.645833333328</v>
       </c>
       <c t="s" r="D90" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E90" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F90" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G90" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H90" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="91" ht="13.5" customHeight="1">
       <c t="s" r="A91" s="2">
         <v>21</v>
       </c>
       <c r="B91" s="3">
-        <v>46064.25</v>
+        <v>46209.270833333328</v>
       </c>
       <c r="C91" s="3">
-        <v>46064.6875</v>
+        <v>46209.645833333328</v>
       </c>
       <c t="s" r="D91" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E91" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F91" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G91" s="2">
         <v>22</v>
       </c>
       <c t="s" r="H91" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="92" ht="13.5" customHeight="1">
       <c t="s" r="A92" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B92" s="3">
-        <v>46065.270833333328</v>
+        <v>46209.270833333328</v>
       </c>
       <c r="C92" s="3">
-        <v>46065.645833333328</v>
+        <v>46209.6875</v>
       </c>
       <c t="s" r="D92" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E92" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F92" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G92" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H92" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="93" ht="13.5" customHeight="1">
-      <c t="s" r="A93" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H93" s="4">
+      <c t="s" r="A93" s="2">
+        <v>14</v>
+      </c>
+      <c r="B93" s="3">
+        <v>46218.270833333328</v>
+      </c>
+      <c r="C93" s="3">
+        <v>46218.645833333328</v>
+      </c>
+      <c t="s" r="D93" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E93" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F93" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G93" s="2">
+        <v>17</v>
+      </c>
+      <c t="s" r="H93" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="94" ht="13.5" customHeight="1">
       <c t="s" r="A94" s="2">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B94" s="3">
-        <v>46066.25</v>
+        <v>46219.270833333328</v>
       </c>
       <c r="C94" s="3">
-        <v>46066.708333333328</v>
+        <v>46219.645833333328</v>
       </c>
       <c t="s" r="D94" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E94" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F94" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G94" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c t="s" r="H94" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="95" ht="13.5" customHeight="1">
       <c t="s" r="A95" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B95" s="3">
-        <v>46067.25</v>
+        <v>46222.270833333328</v>
       </c>
       <c r="C95" s="3">
-        <v>46067.666666666664</v>
+        <v>46222.645833333328</v>
       </c>
       <c t="s" r="D95" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E95" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F95" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G95" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c t="s" r="H95" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="96" ht="13.5" customHeight="1">
       <c t="s" r="A96" s="2">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="B96" s="3">
-        <v>46068.1875</v>
+        <v>46222.270833333328</v>
       </c>
       <c r="C96" s="3">
-        <v>46068.916666666664</v>
+        <v>46222.6875</v>
       </c>
       <c t="s" r="D96" s="2">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c t="s" r="E96" s="2">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c t="s" r="F96" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G96" s="2">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c t="s" r="H96" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="97" ht="13.5" customHeight="1">
-      <c t="s" r="A97" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H97" s="2">
+      <c t="s" r="A97" s="6">
+        <v>43</v>
+      </c>
+      <c r="B97" s="7">
+        <v>46229.166666666664</v>
+      </c>
+      <c r="C97" s="7">
+        <v>46229.833333333328</v>
+      </c>
+      <c t="s" r="D97" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E97" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F97" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G97" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H97" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="98" ht="13.5" customHeight="1">
       <c t="s" r="A98" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B98" s="3">
-        <v>46069.270833333328</v>
+        <v>46232.270833333328</v>
       </c>
       <c r="C98" s="3">
-        <v>46069.645833333328</v>
+        <v>46232.645833333328</v>
       </c>
       <c t="s" r="D98" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E98" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F98" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G98" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H98" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="99" ht="13.5" customHeight="1">
-      <c t="s" r="A99" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H99" s="4">
+      <c t="s" r="A99" s="2">
+        <v>21</v>
+      </c>
+      <c r="B99" s="3">
+        <v>46234.270833333328</v>
+      </c>
+      <c r="C99" s="3">
+        <v>46234.645833333328</v>
+      </c>
+      <c t="s" r="D99" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E99" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F99" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G99" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H99" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="100" ht="13.5" customHeight="1">
       <c t="s" r="A100" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B100" s="3">
-        <v>46073.270833333328</v>
+        <v>46237.270833333328</v>
       </c>
       <c r="C100" s="3">
-        <v>46073.645833333328</v>
+        <v>46237.645833333328</v>
       </c>
       <c t="s" r="D100" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E100" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F100" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G100" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H100" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="101" ht="13.5" customHeight="1">
-      <c t="s" r="A101" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H101" s="4">
+      <c t="s" r="A101" s="2">
+        <v>21</v>
+      </c>
+      <c r="B101" s="3">
+        <v>46241.21875</v>
+      </c>
+      <c r="C101" s="3">
+        <v>46241.645833333328</v>
+      </c>
+      <c t="s" r="D101" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E101" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F101" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G101" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H101" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="102" ht="13.5" customHeight="1">
       <c t="s" r="A102" s="2">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B102" s="3">
-        <v>46075.25</v>
+        <v>46241.270833333328</v>
       </c>
       <c r="C102" s="3">
-        <v>46075.6875</v>
+        <v>46241.708333333328</v>
       </c>
       <c t="s" r="D102" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E102" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F102" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G102" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c t="s" r="H102" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="103" ht="13.5" customHeight="1">
       <c t="s" r="A103" s="2">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="B103" s="3">
-        <v>46075.291666666664</v>
+        <v>46244.270833333328</v>
       </c>
       <c r="C103" s="3">
-        <v>46075.999305555553</v>
+        <v>46244.645833333328</v>
       </c>
       <c t="s" r="D103" s="2">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c t="s" r="E103" s="2">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c t="s" r="F103" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G103" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H103" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="104" ht="13.5" customHeight="1">
       <c t="s" r="A104" s="2">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="B104" s="3">
-        <v>46076.000694444439</v>
+        <v>46251.270833333328</v>
       </c>
       <c r="C104" s="3">
-        <v>46076.791666666664</v>
+        <v>46251.645833333328</v>
       </c>
       <c t="s" r="D104" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E104" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F104" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G104" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H104" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="105" ht="13.5" customHeight="1">
       <c t="s" r="A105" s="2">
         <v>14</v>
       </c>
       <c r="B105" s="3">
-        <v>46076.270833333328</v>
+        <v>46253.270833333328</v>
       </c>
       <c r="C105" s="3">
-        <v>46076.645833333328</v>
+        <v>46253.645833333328</v>
       </c>
       <c t="s" r="D105" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E105" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F105" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G105" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H105" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="106" ht="13.5" customHeight="1">
-      <c t="s" r="A106" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H106" s="4">
+      <c t="s" r="A106" s="2">
+        <v>21</v>
+      </c>
+      <c r="B106" s="3">
+        <v>46255.270833333328</v>
+      </c>
+      <c r="C106" s="3">
+        <v>46255.645833333328</v>
+      </c>
+      <c t="s" r="D106" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E106" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F106" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G106" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H106" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="107" ht="13.5" customHeight="1">
       <c t="s" r="A107" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B107" s="3">
-        <v>46079.270833333328</v>
+        <v>46258.270833333328</v>
       </c>
       <c r="C107" s="3">
-        <v>46079.645833333328</v>
+        <v>46258.645833333328</v>
       </c>
       <c t="s" r="D107" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E107" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F107" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G107" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H107" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="108" ht="13.5" customHeight="1">
-      <c t="s" r="A108" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H108" s="4">
+      <c t="s" r="A108" s="2">
+        <v>21</v>
+      </c>
+      <c r="B108" s="3">
+        <v>46262.270833333328</v>
+      </c>
+      <c r="C108" s="3">
+        <v>46262.645833333328</v>
+      </c>
+      <c t="s" r="D108" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E108" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F108" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G108" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H108" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="109" ht="13.5" customHeight="1">
       <c t="s" r="A109" s="2">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B109" s="3">
-        <v>46080.25</v>
+        <v>46263.270833333328</v>
       </c>
       <c r="C109" s="3">
-        <v>46080.708333333328</v>
+        <v>46263.645833333328</v>
       </c>
       <c t="s" r="D109" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E109" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F109" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G109" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c t="s" r="H109" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="110" ht="13.5" customHeight="1">
       <c t="s" r="A110" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B110" s="3">
-        <v>46081.166666666664</v>
+        <v>46265.270833333328</v>
       </c>
       <c r="C110" s="3">
-        <v>46081.645833333328</v>
+        <v>46265.645833333328</v>
       </c>
       <c t="s" r="D110" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E110" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F110" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G110" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H110" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="111" ht="13.5" customHeight="1">
       <c t="s" r="A111" s="2">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="B111" s="3">
-        <v>46081.25</v>
+        <v>46266.270833333328</v>
       </c>
       <c r="C111" s="3">
-        <v>46081.8125</v>
+        <v>46266.645833333328</v>
       </c>
       <c t="s" r="D111" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E111" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F111" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G111" s="2">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c t="s" r="H111" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="112" ht="13.5" customHeight="1">
       <c t="s" r="A112" s="2">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="B112" s="3">
-        <v>46082.270833333328</v>
+        <v>46267.25</v>
       </c>
       <c r="C112" s="3">
-        <v>46082.645833333328</v>
+        <v>46267.78125</v>
       </c>
       <c t="s" r="D112" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E112" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F112" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G112" s="2">
         <v>12</v>
       </c>
       <c t="s" r="H112" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="113" ht="13.5" customHeight="1">
       <c t="s" r="A113" s="2">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="B113" s="3">
-        <v>46082.333333333328</v>
+        <v>46270.270833333328</v>
       </c>
       <c r="C113" s="3">
-        <v>46082.916666666664</v>
+        <v>46270.645833333328</v>
       </c>
       <c t="s" r="D113" s="2">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c t="s" r="E113" s="2">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c t="s" r="F113" s="2">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c t="s" r="G113" s="2">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c t="s" r="H113" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="114" ht="13.5" customHeight="1">
       <c t="s" r="A114" s="2">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="B114" s="3">
-        <v>46083.25</v>
+        <v>46273.270833333328</v>
       </c>
       <c r="C114" s="3">
-        <v>46083.958333333328</v>
+        <v>46273.645833333328</v>
       </c>
       <c t="s" r="D114" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E114" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F114" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G114" s="2">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c t="s" r="H114" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="115" ht="13.5" customHeight="1">
-      <c t="s" r="A115" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H115" s="4">
+      <c t="s" r="A115" s="2">
+        <v>21</v>
+      </c>
+      <c r="B115" s="3">
+        <v>46274.270833333328</v>
+      </c>
+      <c r="C115" s="3">
+        <v>46274.645833333328</v>
+      </c>
+      <c t="s" r="D115" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E115" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F115" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G115" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H115" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="116" ht="13.5" customHeight="1">
-      <c t="s" r="A116" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H116" s="4">
+      <c t="s" r="A116" s="2">
+        <v>21</v>
+      </c>
+      <c r="B116" s="3">
+        <v>46283.21875</v>
+      </c>
+      <c r="C116" s="3">
+        <v>46283.645833333328</v>
+      </c>
+      <c t="s" r="D116" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E116" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F116" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G116" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H116" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="117" ht="13.5" customHeight="1">
       <c t="s" r="A117" s="2">
-        <v>71</v>
+        <v>14</v>
       </c>
       <c r="B117" s="3">
-        <v>46084.270833333328</v>
+        <v>46283.270833333328</v>
       </c>
       <c r="C117" s="3">
-        <v>46084.999305555553</v>
+        <v>46283.6875</v>
       </c>
       <c t="s" r="D117" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E117" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F117" s="2">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c t="s" r="G117" s="2">
-        <v>72</v>
+        <v>17</v>
       </c>
       <c t="s" r="H117" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="118" ht="13.5" customHeight="1">
-      <c t="s" r="A118" s="2">
-[...8 lines deleted...]
-      <c t="s" r="D118" s="2">
+      <c t="s" r="A118" s="6">
         <v>43</v>
       </c>
-      <c t="s" r="E118" s="2">
+      <c r="B118" s="7">
+        <v>46285.25</v>
+      </c>
+      <c r="C118" s="7">
+        <v>46285.666666666664</v>
+      </c>
+      <c t="s" r="D118" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E118" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F118" s="6">
         <v>44</v>
       </c>
-      <c t="s" r="F118" s="2">
-[...5 lines deleted...]
-      <c t="s" r="H118" s="2">
+      <c t="s" r="G118" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H118" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="119" ht="13.5" customHeight="1">
       <c t="s" r="A119" s="2">
-        <v>73</v>
+        <v>14</v>
       </c>
       <c r="B119" s="3">
-        <v>46085.270833333328</v>
+        <v>46286.270833333328</v>
       </c>
       <c r="C119" s="3">
-        <v>46085.999305555553</v>
+        <v>46286.645833333328</v>
       </c>
       <c t="s" r="D119" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E119" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F119" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G119" s="2">
-        <v>74</v>
+        <v>17</v>
       </c>
       <c t="s" r="H119" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="120" ht="13.5" customHeight="1">
       <c t="s" r="A120" s="2">
-        <v>73</v>
+        <v>14</v>
       </c>
       <c r="B120" s="3">
-        <v>46086.000694444439</v>
+        <v>46290.270833333328</v>
       </c>
       <c r="C120" s="3">
-        <v>46086.708333333328</v>
+        <v>46290.645833333328</v>
       </c>
       <c t="s" r="D120" s="2">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c t="s" r="E120" s="2">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c t="s" r="F120" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G120" s="2">
-        <v>74</v>
+        <v>17</v>
       </c>
       <c t="s" r="H120" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="121" ht="13.5" customHeight="1">
       <c t="s" r="A121" s="2">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="B121" s="3">
-        <v>46086.25</v>
+        <v>46292.270833333328</v>
       </c>
       <c r="C121" s="3">
-        <v>46086.75</v>
+        <v>46292.645833333328</v>
       </c>
       <c t="s" r="D121" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E121" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F121" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G121" s="2">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c t="s" r="H121" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="122" ht="13.5" customHeight="1">
       <c t="s" r="A122" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B122" s="3">
-        <v>46086.270833333328</v>
+        <v>46294.270833333328</v>
       </c>
       <c r="C122" s="3">
-        <v>46086.645833333328</v>
+        <v>46294.645833333328</v>
       </c>
       <c t="s" r="D122" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E122" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F122" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G122" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H122" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="123" ht="13.5" customHeight="1">
-      <c t="s" r="A123" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H123" s="4">
+      <c t="s" r="A123" s="2">
+        <v>21</v>
+      </c>
+      <c r="B123" s="3">
+        <v>46296.270833333328</v>
+      </c>
+      <c r="C123" s="3">
+        <v>46296.645833333328</v>
+      </c>
+      <c t="s" r="D123" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E123" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F123" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G123" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H123" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="124" ht="13.5" customHeight="1">
-      <c t="s" r="A124" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H124" s="4">
+      <c t="s" r="A124" s="2">
+        <v>21</v>
+      </c>
+      <c r="B124" s="3">
+        <v>46300.270833333328</v>
+      </c>
+      <c r="C124" s="3">
+        <v>46300.645833333328</v>
+      </c>
+      <c t="s" r="D124" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E124" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F124" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G124" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H124" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="125" ht="13.5" customHeight="1">
       <c t="s" r="A125" s="2">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="B125" s="3">
-        <v>46089.25</v>
+        <v>46302.25</v>
       </c>
       <c r="C125" s="3">
-        <v>46089.708333333328</v>
+        <v>46302.78125</v>
       </c>
       <c t="s" r="D125" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E125" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F125" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G125" s="2">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c t="s" r="H125" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="126" ht="13.5" customHeight="1">
       <c t="s" r="A126" s="2">
         <v>14</v>
       </c>
       <c r="B126" s="3">
-        <v>46090.270833333328</v>
+        <v>46303.270833333328</v>
       </c>
       <c r="C126" s="3">
-        <v>46090.645833333328</v>
+        <v>46303.645833333328</v>
       </c>
       <c t="s" r="D126" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E126" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F126" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G126" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H126" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="127" ht="13.5" customHeight="1">
-      <c t="s" r="A127" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H127" s="4">
+      <c t="s" r="A127" s="2">
+        <v>21</v>
+      </c>
+      <c r="B127" s="3">
+        <v>46304.270833333328</v>
+      </c>
+      <c r="C127" s="3">
+        <v>46304.645833333328</v>
+      </c>
+      <c t="s" r="D127" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E127" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F127" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G127" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H127" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="128" ht="13.5" customHeight="1">
       <c t="s" r="A128" s="2">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B128" s="3">
-        <v>46093.25</v>
+        <v>46307.21875</v>
       </c>
       <c r="C128" s="3">
-        <v>46093.666666666664</v>
+        <v>46307.645833333328</v>
       </c>
       <c t="s" r="D128" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E128" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F128" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G128" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c t="s" r="H128" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="129" ht="13.5" customHeight="1">
       <c t="s" r="A129" s="2">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B129" s="3">
-        <v>46094.25</v>
+        <v>46307.270833333328</v>
       </c>
       <c r="C129" s="3">
-        <v>46094.708333333328</v>
+        <v>46307.6875</v>
       </c>
       <c t="s" r="D129" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E129" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F129" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G129" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c t="s" r="H129" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="130" ht="13.5" customHeight="1">
       <c t="s" r="A130" s="2">
         <v>14</v>
       </c>
       <c r="B130" s="3">
-        <v>46094.270833333328</v>
+        <v>46311.270833333328</v>
       </c>
       <c r="C130" s="3">
-        <v>46094.645833333328</v>
+        <v>46311.645833333328</v>
       </c>
       <c t="s" r="D130" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E130" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F130" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G130" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H130" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="131" ht="13.5" customHeight="1">
       <c t="s" r="A131" s="2">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B131" s="3">
-        <v>46095.270833333328</v>
+        <v>46312.270833333328</v>
       </c>
       <c r="C131" s="3">
-        <v>46095.645833333328</v>
+        <v>46312.708333333328</v>
       </c>
       <c t="s" r="D131" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E131" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F131" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G131" s="2">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c t="s" r="H131" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="132" ht="13.5" customHeight="1">
       <c t="s" r="A132" s="2">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="B132" s="3">
-        <v>46096.25</v>
+        <v>46314.270833333328</v>
       </c>
       <c r="C132" s="3">
-        <v>46096.666666666664</v>
+        <v>46314.645833333328</v>
       </c>
       <c t="s" r="D132" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E132" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F132" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G132" s="2">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c t="s" r="H132" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="133" ht="13.5" customHeight="1">
       <c t="s" r="A133" s="2">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="B133" s="3">
-        <v>46096.270833333328</v>
+        <v>46317.270833333328</v>
       </c>
       <c r="C133" s="3">
-        <v>46096.75</v>
+        <v>46317.645833333328</v>
       </c>
       <c t="s" r="D133" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E133" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F133" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G133" s="2">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c t="s" r="H133" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="134" ht="13.5" customHeight="1">
       <c t="s" r="A134" s="2">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="B134" s="3">
-        <v>46096.291666666664</v>
+        <v>46320.270833333328</v>
       </c>
       <c r="C134" s="3">
-        <v>46096.875</v>
+        <v>46320.645833333328</v>
       </c>
       <c t="s" r="D134" s="2">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c t="s" r="E134" s="2">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c t="s" r="F134" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G134" s="2">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c t="s" r="H134" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="135" ht="13.5" customHeight="1">
       <c t="s" r="A135" s="2">
         <v>14</v>
       </c>
       <c r="B135" s="3">
-        <v>46097.1875</v>
+        <v>46322.270833333328</v>
       </c>
       <c r="C135" s="3">
-        <v>46097.645833333328</v>
+        <v>46322.645833333328</v>
       </c>
       <c t="s" r="D135" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E135" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F135" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G135" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H135" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="136" ht="13.5" customHeight="1">
-      <c t="s" r="A136" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H136" s="4">
+      <c t="s" r="A136" s="2">
+        <v>32</v>
+      </c>
+      <c r="B136" s="3">
+        <v>46323.270833333328</v>
+      </c>
+      <c r="C136" s="3">
+        <v>46323.78125</v>
+      </c>
+      <c t="s" r="D136" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E136" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F136" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G136" s="2">
+        <v>33</v>
+      </c>
+      <c t="s" r="H136" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="137" ht="13.5" customHeight="1">
       <c t="s" r="A137" s="2">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B137" s="3">
-        <v>46101.270833333328</v>
+        <v>46325.25</v>
       </c>
       <c r="C137" s="3">
-        <v>46101.645833333328</v>
+        <v>46325.78125</v>
       </c>
       <c t="s" r="D137" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E137" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F137" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G137" s="2">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c t="s" r="H137" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="138" ht="13.5" customHeight="1">
       <c t="s" r="A138" s="2">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="B138" s="3">
-        <v>46102.25</v>
+        <v>46326.270833333328</v>
       </c>
       <c r="C138" s="3">
-        <v>46102.75</v>
+        <v>46326.708333333328</v>
       </c>
       <c t="s" r="D138" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E138" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F138" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G138" s="2">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c t="s" r="H138" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="139" ht="13.5" customHeight="1">
       <c t="s" r="A139" s="2">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B139" s="3">
-        <v>46103.25</v>
+        <v>46326.270833333328</v>
       </c>
       <c r="C139" s="3">
-        <v>46103.708333333328</v>
+        <v>46326.645833333328</v>
       </c>
       <c t="s" r="D139" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E139" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F139" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G139" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c t="s" r="H139" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="140" ht="13.5" customHeight="1">
       <c t="s" r="A140" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B140" s="3">
-        <v>46104.25</v>
+        <v>46327.270833333328</v>
       </c>
       <c r="C140" s="3">
-        <v>46104.645833333328</v>
+        <v>46327.645833333328</v>
       </c>
       <c t="s" r="D140" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E140" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F140" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G140" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H140" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="141" ht="13.5" customHeight="1">
       <c t="s" r="A141" s="2">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B141" s="3">
-        <v>46104.270833333328</v>
+        <v>46328.25</v>
       </c>
       <c r="C141" s="3">
-        <v>46104.6875</v>
+        <v>46328.708333333328</v>
       </c>
       <c t="s" r="D141" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E141" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F141" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G141" s="2">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c t="s" r="H141" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="142" ht="13.5" customHeight="1">
       <c t="s" r="A142" s="2">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="B142" s="3">
-        <v>46109.25</v>
+        <v>46329.25</v>
       </c>
       <c r="C142" s="3">
-        <v>46109.666666666664</v>
+        <v>46329.666666666664</v>
       </c>
       <c t="s" r="D142" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E142" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F142" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G142" s="2">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c t="s" r="H142" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="143" ht="13.5" customHeight="1">
       <c t="s" r="A143" s="2">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="B143" s="3">
-        <v>46110.25</v>
+        <v>46330.25</v>
       </c>
       <c r="C143" s="3">
-        <v>46110.6875</v>
+        <v>46330.75</v>
       </c>
       <c t="s" r="D143" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E143" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F143" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G143" s="2">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c t="s" r="H143" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="144" ht="13.5" customHeight="1">
       <c t="s" r="A144" s="2">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="B144" s="3">
-        <v>46110.25</v>
+        <v>46332.270833333328</v>
       </c>
       <c r="C144" s="3">
-        <v>46110.75</v>
+        <v>46332.645833333328</v>
       </c>
       <c t="s" r="D144" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E144" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F144" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G144" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c t="s" r="H144" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="145" ht="13.5" customHeight="1">
       <c t="s" r="A145" s="2">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="B145" s="3">
-        <v>46111.270833333328</v>
+        <v>46333.270833333328</v>
       </c>
       <c r="C145" s="3">
-        <v>46111.958333333328</v>
+        <v>46333.645833333328</v>
       </c>
       <c t="s" r="D145" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E145" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F145" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G145" s="2">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c t="s" r="H145" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="146" ht="13.5" customHeight="1">
       <c t="s" r="A146" s="2">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="B146" s="3">
-        <v>46114.208333333328</v>
+        <v>46335.270833333328</v>
       </c>
       <c r="C146" s="3">
-        <v>46114.645833333328</v>
+        <v>46335.78125</v>
       </c>
       <c t="s" r="D146" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E146" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F146" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G146" s="2">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c t="s" r="H146" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="147" ht="13.5" customHeight="1">
       <c t="s" r="A147" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B147" s="3">
-        <v>46114.270833333328</v>
+        <v>46335.270833333328</v>
       </c>
       <c r="C147" s="3">
-        <v>46114.6875</v>
+        <v>46335.645833333328</v>
       </c>
       <c t="s" r="D147" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E147" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F147" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G147" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H147" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="148" ht="13.5" customHeight="1">
       <c t="s" r="A148" s="2">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B148" s="3">
-        <v>46115.25</v>
+        <v>46336.270833333328</v>
       </c>
       <c r="C148" s="3">
-        <v>46115.708333333328</v>
+        <v>46336.78125</v>
       </c>
       <c t="s" r="D148" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E148" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F148" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G148" s="2">
+        <v>33</v>
+      </c>
+      <c t="s" r="H148" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="149" ht="13.5" customHeight="1">
+      <c t="s" r="A149" s="2">
+        <v>18</v>
+      </c>
+      <c r="B149" s="3">
+        <v>46337.270833333328</v>
+      </c>
+      <c r="C149" s="3">
+        <v>46337.708333333328</v>
+      </c>
+      <c t="s" r="D149" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E149" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F149" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G149" s="2">
         <v>20</v>
       </c>
-      <c t="s" r="H148" s="2">
-[...25 lines deleted...]
-      <c t="s" r="H149" s="4">
+      <c t="s" r="H149" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="150" ht="13.5" customHeight="1">
       <c t="s" r="A150" s="2">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="B150" s="3">
-        <v>46116.416666666664</v>
+        <v>46338.270833333328</v>
       </c>
       <c r="C150" s="3">
-        <v>46116.791666666664</v>
+        <v>46338.78125</v>
       </c>
       <c t="s" r="D150" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E150" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F150" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G150" s="2">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c t="s" r="H150" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="151" ht="13.5" customHeight="1">
       <c t="s" r="A151" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B151" s="3">
-        <v>46118.270833333328</v>
+        <v>46339.270833333328</v>
       </c>
       <c r="C151" s="3">
-        <v>46118.645833333328</v>
+        <v>46339.645833333328</v>
       </c>
       <c t="s" r="D151" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E151" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F151" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G151" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H151" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="152" ht="13.5" customHeight="1">
       <c t="s" r="A152" s="2">
         <v>23</v>
       </c>
       <c r="B152" s="3">
-        <v>46119.25</v>
+        <v>46341.291666666664</v>
       </c>
       <c r="C152" s="3">
-        <v>46119.78125</v>
+        <v>46341.708333333328</v>
       </c>
       <c t="s" r="D152" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E152" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F152" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G152" s="2">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c t="s" r="H152" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="153" ht="13.5" customHeight="1">
       <c t="s" r="A153" s="2">
         <v>14</v>
       </c>
       <c r="B153" s="3">
-        <v>46119.270833333328</v>
+        <v>46342.270833333328</v>
       </c>
       <c r="C153" s="3">
-        <v>46119.645833333328</v>
+        <v>46342.645833333328</v>
       </c>
       <c t="s" r="D153" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E153" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F153" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G153" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H153" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="154" ht="13.5" customHeight="1">
       <c t="s" r="A154" s="2">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="B154" s="3">
-        <v>46121.270833333328</v>
+        <v>46343.270833333328</v>
       </c>
       <c r="C154" s="3">
-        <v>46121.6875</v>
+        <v>46343.645833333328</v>
       </c>
       <c t="s" r="D154" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E154" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F154" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G154" s="2">
         <v>22</v>
       </c>
       <c t="s" r="H154" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="155" ht="13.5" customHeight="1">
       <c t="s" r="A155" s="2">
-        <v>80</v>
+        <v>46</v>
       </c>
       <c r="B155" s="3">
-        <v>46121.270833333328</v>
+        <v>46344.25</v>
       </c>
       <c r="C155" s="3">
-        <v>46121.75</v>
+        <v>46344.666666666664</v>
       </c>
       <c t="s" r="D155" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E155" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F155" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G155" s="2">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c t="s" r="H155" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="156" ht="13.5" customHeight="1">
       <c t="s" r="A156" s="2">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B156" s="3">
-        <v>46123.25</v>
+        <v>46345.270833333328</v>
       </c>
       <c r="C156" s="3">
-        <v>46123.708333333328</v>
+        <v>46345.78125</v>
       </c>
       <c t="s" r="D156" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E156" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F156" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G156" s="2">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c t="s" r="H156" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="157" ht="13.5" customHeight="1">
       <c t="s" r="A157" s="2">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B157" s="3">
-        <v>46123.270833333328</v>
+        <v>46346.25</v>
       </c>
       <c r="C157" s="3">
-        <v>46123.645833333328</v>
+        <v>46346.78125</v>
       </c>
       <c t="s" r="D157" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E157" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F157" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G157" s="2">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c t="s" r="H157" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="158" ht="13.5" customHeight="1">
       <c t="s" r="A158" s="2">
         <v>21</v>
       </c>
       <c r="B158" s="3">
-        <v>46124.25</v>
+        <v>46347.270833333328</v>
       </c>
       <c r="C158" s="3">
-        <v>46124.6875</v>
+        <v>46347.645833333328</v>
       </c>
       <c t="s" r="D158" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E158" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F158" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G158" s="2">
         <v>22</v>
       </c>
       <c t="s" r="H158" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="159" ht="13.5" customHeight="1">
-      <c t="s" r="A159" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H159" s="2">
+      <c t="s" r="A159" s="4">
+        <v>49</v>
+      </c>
+      <c r="B159" s="5">
+        <v>46348.25</v>
+      </c>
+      <c r="C159" s="5">
+        <v>46349.75</v>
+      </c>
+      <c t="s" r="D159" s="4">
+        <v>15</v>
+      </c>
+      <c t="s" r="E159" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F159" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G159" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H159" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="160" ht="13.5" customHeight="1">
       <c t="s" r="A160" s="2">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B160" s="3">
-        <v>46126.270833333328</v>
+        <v>46348.270833333328</v>
       </c>
       <c r="C160" s="3">
-        <v>46126.6875</v>
+        <v>46348.78125</v>
       </c>
       <c t="s" r="D160" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E160" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F160" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G160" s="2">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c t="s" r="H160" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="161" ht="13.5" customHeight="1">
       <c t="s" r="A161" s="2">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B161" s="3">
-        <v>46127.270833333328</v>
+        <v>46349.270833333328</v>
       </c>
       <c r="C161" s="3">
-        <v>46127.645833333328</v>
+        <v>46349.708333333328</v>
       </c>
       <c t="s" r="D161" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E161" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F161" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G161" s="2">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c t="s" r="H161" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="162" ht="13.5" customHeight="1">
       <c t="s" r="A162" s="2">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="B162" s="3">
-        <v>46130.25</v>
+        <v>46350.270833333328</v>
       </c>
       <c r="C162" s="3">
-        <v>46130.666666666664</v>
+        <v>46350.645833333328</v>
       </c>
       <c t="s" r="D162" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E162" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F162" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G162" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c t="s" r="H162" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="163" ht="13.5" customHeight="1">
       <c t="s" r="A163" s="2">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="B163" s="3">
-        <v>46131.270833333328</v>
+        <v>46351.25</v>
       </c>
       <c r="C163" s="3">
-        <v>46131.645833333328</v>
+        <v>46351.666666666664</v>
       </c>
       <c t="s" r="D163" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E163" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F163" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G163" s="2">
         <v>12</v>
       </c>
       <c t="s" r="H163" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="164" ht="13.5" customHeight="1">
       <c t="s" r="A164" s="2">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B164" s="3">
-        <v>46132.25</v>
+        <v>46352.270833333328</v>
       </c>
       <c r="C164" s="3">
-        <v>46132.6875</v>
+        <v>46352.645833333328</v>
       </c>
       <c t="s" r="D164" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E164" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F164" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G164" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c t="s" r="H164" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="165" ht="13.5" customHeight="1">
       <c t="s" r="A165" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B165" s="3">
-        <v>46132.270833333328</v>
+        <v>46354.270833333328</v>
       </c>
       <c r="C165" s="3">
-        <v>46132.645833333328</v>
+        <v>46354.645833333328</v>
       </c>
       <c t="s" r="D165" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E165" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F165" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G165" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H165" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="166" ht="13.5" customHeight="1">
       <c t="s" r="A166" s="2">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="B166" s="3">
-        <v>46134.25</v>
+        <v>46356.25</v>
       </c>
       <c r="C166" s="3">
-        <v>46134.78125</v>
+        <v>46356.666666666664</v>
       </c>
       <c t="s" r="D166" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E166" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F166" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G166" s="2">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c t="s" r="H166" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="167" ht="13.5" customHeight="1">
       <c t="s" r="A167" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B167" s="3">
-        <v>46135.270833333328</v>
+        <v>46356.270833333328</v>
       </c>
       <c r="C167" s="3">
-        <v>46135.645833333328</v>
+        <v>46356.708333333328</v>
       </c>
       <c t="s" r="D167" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E167" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F167" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G167" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H167" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="168" ht="13.5" customHeight="1">
       <c t="s" r="A168" s="2">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="B168" s="3">
-        <v>46136.270833333328</v>
+        <v>46357.270833333328</v>
       </c>
       <c r="C168" s="3">
-        <v>46136.645833333328</v>
+        <v>46357.78125</v>
       </c>
       <c t="s" r="D168" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E168" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F168" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G168" s="2">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c t="s" r="H168" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="169" ht="13.5" customHeight="1">
       <c t="s" r="A169" s="2">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="B169" s="3">
-        <v>46137.25</v>
+        <v>46358.25</v>
       </c>
       <c r="C169" s="3">
-        <v>46137.666666666664</v>
+        <v>46358.708333333328</v>
       </c>
       <c t="s" r="D169" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E169" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F169" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G169" s="2">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c t="s" r="H169" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="170" ht="13.5" customHeight="1">
       <c t="s" r="A170" s="2">
+        <v>27</v>
+      </c>
+      <c r="B170" s="3">
+        <v>46358.25</v>
+      </c>
+      <c r="C170" s="3">
+        <v>46358.729166666664</v>
+      </c>
+      <c t="s" r="D170" s="2">
+        <v>15</v>
+      </c>
+      <c t="s" r="E170" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F170" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G170" s="2">
+        <v>28</v>
+      </c>
+      <c t="s" r="H170" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="171" ht="13.5" customHeight="1">
+      <c t="s" r="A171" s="4">
+        <v>27</v>
+      </c>
+      <c r="B171" s="5">
+        <v>46358.770833333328</v>
+      </c>
+      <c r="C171" s="5">
+        <v>46359.708333333328</v>
+      </c>
+      <c t="s" r="D171" s="4">
+        <v>9</v>
+      </c>
+      <c t="s" r="E171" s="4">
+        <v>10</v>
+      </c>
+      <c t="s" r="F171" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G171" s="4">
+        <v>28</v>
+      </c>
+      <c t="s" r="H171" s="4">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="172" ht="13.5" customHeight="1">
+      <c t="s" r="A172" s="4">
+        <v>51</v>
+      </c>
+      <c r="B172" s="5">
+        <v>46359.270833333328</v>
+      </c>
+      <c r="C172" s="5">
+        <v>46360.75</v>
+      </c>
+      <c t="s" r="D172" s="4">
+        <v>15</v>
+      </c>
+      <c t="s" r="E172" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F172" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G172" s="4">
+        <v>52</v>
+      </c>
+      <c t="s" r="H172" s="4">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="173" ht="13.5" customHeight="1">
+      <c t="s" r="A173" s="2">
         <v>14</v>
       </c>
-      <c r="B170" s="3">
-[...95 lines deleted...]
-      <c t="s" r="H173" s="6">
+      <c r="B173" s="3">
+        <v>46360.270833333328</v>
+      </c>
+      <c r="C173" s="3">
+        <v>46360.645833333328</v>
+      </c>
+      <c t="s" r="D173" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E173" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F173" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G173" s="2">
+        <v>17</v>
+      </c>
+      <c t="s" r="H173" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="174" ht="13.5" customHeight="1">
-      <c t="s" r="A174" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H174" s="2">
+      <c t="s" r="A174" s="4">
+        <v>53</v>
+      </c>
+      <c r="B174" s="5">
+        <v>46360.291666666664</v>
+      </c>
+      <c r="C174" s="5">
+        <v>46361.583333333328</v>
+      </c>
+      <c t="s" r="D174" s="4">
+        <v>24</v>
+      </c>
+      <c t="s" r="E174" s="4">
+        <v>25</v>
+      </c>
+      <c t="s" r="F174" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G174" s="4">
+        <v>54</v>
+      </c>
+      <c t="s" r="H174" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="175" ht="13.5" customHeight="1">
       <c t="s" r="A175" s="2">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="B175" s="3">
-        <v>46150.270833333328</v>
+        <v>46361.25</v>
       </c>
       <c r="C175" s="3">
-        <v>46150.645833333328</v>
+        <v>46361.666666666664</v>
       </c>
       <c t="s" r="D175" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E175" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F175" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G175" s="2">
         <v>12</v>
       </c>
       <c t="s" r="H175" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="176" ht="13.5" customHeight="1">
       <c t="s" r="A176" s="2">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="B176" s="3">
-        <v>46152.25</v>
+        <v>46363.270833333328</v>
       </c>
       <c r="C176" s="3">
-        <v>46152.75</v>
+        <v>46363.645833333328</v>
       </c>
       <c t="s" r="D176" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E176" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F176" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G176" s="2">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c t="s" r="H176" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="177" ht="13.5" customHeight="1">
       <c t="s" r="A177" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B177" s="3">
-        <v>46153.270833333328</v>
+        <v>46364.270833333328</v>
       </c>
       <c r="C177" s="3">
-        <v>46153.645833333328</v>
+        <v>46364.645833333328</v>
       </c>
       <c t="s" r="D177" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E177" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F177" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G177" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H177" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="178" ht="13.5" customHeight="1">
       <c t="s" r="A178" s="2">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="B178" s="3">
-        <v>46158.270833333328</v>
+        <v>46365.25</v>
       </c>
       <c r="C178" s="3">
-        <v>46158.645833333328</v>
+        <v>46365.666666666664</v>
       </c>
       <c t="s" r="D178" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E178" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F178" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G178" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c t="s" r="H178" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="179" ht="13.5" customHeight="1">
       <c t="s" r="A179" s="2">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="B179" s="3">
-        <v>46162.270833333328</v>
+        <v>46366.291666666664</v>
       </c>
       <c r="C179" s="3">
-        <v>46162.645833333328</v>
+        <v>46366.791666666664</v>
       </c>
       <c t="s" r="D179" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E179" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F179" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G179" s="2">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c t="s" r="H179" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="180" ht="13.5" customHeight="1">
-      <c t="s" r="A180" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H180" s="6">
+      <c t="s" r="A180" s="4">
+        <v>36</v>
+      </c>
+      <c r="B180" s="5">
+        <v>46366.8125</v>
+      </c>
+      <c r="C180" s="5">
+        <v>46367.791666666664</v>
+      </c>
+      <c t="s" r="D180" s="4">
+        <v>24</v>
+      </c>
+      <c t="s" r="E180" s="4">
+        <v>25</v>
+      </c>
+      <c t="s" r="F180" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G180" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H180" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="181" ht="13.5" customHeight="1">
-      <c t="s" r="A181" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H181" s="6">
+      <c t="s" r="A181" s="2">
+        <v>18</v>
+      </c>
+      <c r="B181" s="3">
+        <v>46367.25</v>
+      </c>
+      <c r="C181" s="3">
+        <v>46367.78125</v>
+      </c>
+      <c t="s" r="D181" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E181" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F181" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G181" s="2">
+        <v>20</v>
+      </c>
+      <c t="s" r="H181" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="182" ht="13.5" customHeight="1">
-      <c t="s" r="A182" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H182" s="6">
+      <c t="s" r="A182" s="2">
+        <v>14</v>
+      </c>
+      <c r="B182" s="3">
+        <v>46367.270833333328</v>
+      </c>
+      <c r="C182" s="3">
+        <v>46367.645833333328</v>
+      </c>
+      <c t="s" r="D182" s="2">
+        <v>15</v>
+      </c>
+      <c t="s" r="E182" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F182" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G182" s="2">
+        <v>17</v>
+      </c>
+      <c t="s" r="H182" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="183" ht="13.5" customHeight="1">
       <c t="s" r="A183" s="2">
+        <v>32</v>
+      </c>
+      <c r="B183" s="3">
+        <v>46368.25</v>
+      </c>
+      <c r="C183" s="3">
+        <v>46368.6875</v>
+      </c>
+      <c t="s" r="D183" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E183" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F183" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G183" s="2">
+        <v>33</v>
+      </c>
+      <c t="s" r="H183" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="184" ht="13.5" customHeight="1">
+      <c t="s" r="A184" s="2">
+        <v>34</v>
+      </c>
+      <c r="B184" s="3">
+        <v>46368.25</v>
+      </c>
+      <c r="C184" s="3">
+        <v>46368.666666666664</v>
+      </c>
+      <c t="s" r="D184" s="2">
+        <v>15</v>
+      </c>
+      <c t="s" r="E184" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F184" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G184" s="2">
+        <v>35</v>
+      </c>
+      <c t="s" r="H184" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="185" ht="13.5" customHeight="1">
+      <c t="s" r="A185" s="2">
+        <v>21</v>
+      </c>
+      <c r="B185" s="3">
+        <v>46369.270833333328</v>
+      </c>
+      <c r="C185" s="3">
+        <v>46369.645833333328</v>
+      </c>
+      <c t="s" r="D185" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E185" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F185" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G185" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H185" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="186" ht="13.5" customHeight="1">
+      <c t="s" r="A186" s="2">
         <v>14</v>
       </c>
-      <c r="B183" s="3">
-[...14 lines deleted...]
-      <c t="s" r="G183" s="2">
+      <c r="B186" s="3">
+        <v>46370.1875</v>
+      </c>
+      <c r="C186" s="3">
+        <v>46370.645833333328</v>
+      </c>
+      <c t="s" r="D186" s="2">
         <v>15</v>
       </c>
-      <c t="s" r="H183" s="2">
-[...77 lines deleted...]
-      <c t="s" r="H186" s="6">
+      <c t="s" r="E186" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F186" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G186" s="2">
+        <v>17</v>
+      </c>
+      <c t="s" r="H186" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="187" ht="13.5" customHeight="1">
-      <c t="s" r="A187" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H187" s="6">
+      <c t="s" r="A187" s="2">
+        <v>46</v>
+      </c>
+      <c r="B187" s="3">
+        <v>46370.25</v>
+      </c>
+      <c r="C187" s="3">
+        <v>46370.666666666664</v>
+      </c>
+      <c t="s" r="D187" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E187" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F187" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G187" s="2">
+        <v>12</v>
+      </c>
+      <c t="s" r="H187" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="188" ht="13.5" customHeight="1">
       <c t="s" r="A188" s="2">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="B188" s="3">
-        <v>46171.270833333328</v>
+        <v>46370.291666666664</v>
       </c>
       <c r="C188" s="3">
-        <v>46171.645833333328</v>
+        <v>46370.6875</v>
       </c>
       <c t="s" r="D188" s="2">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c t="s" r="E188" s="2">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c t="s" r="F188" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G188" s="2">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c t="s" r="H188" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="189" ht="13.5" customHeight="1">
-      <c t="s" r="A189" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H189" s="6">
+      <c t="s" r="A189" s="4">
+        <v>27</v>
+      </c>
+      <c r="B189" s="5">
+        <v>46370.791666666664</v>
+      </c>
+      <c r="C189" s="5">
+        <v>46371.78125</v>
+      </c>
+      <c t="s" r="D189" s="4">
+        <v>9</v>
+      </c>
+      <c t="s" r="E189" s="4">
+        <v>10</v>
+      </c>
+      <c t="s" r="F189" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G189" s="4">
+        <v>28</v>
+      </c>
+      <c t="s" r="H189" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="190" ht="13.5" customHeight="1">
       <c t="s" r="A190" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B190" s="3">
-        <v>46172.270833333328</v>
+        <v>46373.270833333328</v>
       </c>
       <c r="C190" s="3">
-        <v>46172.645833333328</v>
+        <v>46373.645833333328</v>
       </c>
       <c t="s" r="D190" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E190" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F190" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G190" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H190" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="191" ht="13.5" customHeight="1">
+      <c t="s" r="A191" s="2">
+        <v>50</v>
+      </c>
+      <c r="B191" s="3">
+        <v>46374.25</v>
+      </c>
+      <c r="C191" s="3">
+        <v>46374.666666666664</v>
+      </c>
+      <c t="s" r="D191" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E191" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F191" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G191" s="2">
         <v>12</v>
       </c>
-      <c t="s" r="H190" s="2">
-[...25 lines deleted...]
-      <c t="s" r="H191" s="6">
+      <c t="s" r="H191" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="192" ht="13.5" customHeight="1">
-      <c t="s" r="A192" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H192" s="6">
+      <c t="s" r="A192" s="2">
+        <v>55</v>
+      </c>
+      <c r="B192" s="3">
+        <v>46374.270833333328</v>
+      </c>
+      <c r="C192" s="3">
+        <v>46374.78125</v>
+      </c>
+      <c t="s" r="D192" s="2">
+        <v>24</v>
+      </c>
+      <c t="s" r="E192" s="2">
+        <v>25</v>
+      </c>
+      <c t="s" r="F192" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G192" s="2">
+        <v>39</v>
+      </c>
+      <c t="s" r="H192" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="193" ht="13.5" customHeight="1">
       <c t="s" r="A193" s="2">
         <v>14</v>
       </c>
       <c r="B193" s="3">
-        <v>46174.270833333328</v>
+        <v>46374.302083333328</v>
       </c>
       <c r="C193" s="3">
-        <v>46174.645833333328</v>
+        <v>46374.708333333328</v>
       </c>
       <c t="s" r="D193" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E193" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F193" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G193" s="2">
+        <v>17</v>
+      </c>
+      <c t="s" r="H193" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="194" ht="13.5" customHeight="1">
+      <c t="s" r="A194" s="4">
+        <v>55</v>
+      </c>
+      <c r="B194" s="5">
+        <v>46374.802083333328</v>
+      </c>
+      <c r="C194" s="5">
+        <v>46375.75</v>
+      </c>
+      <c t="s" r="D194" s="4">
         <v>15</v>
       </c>
-      <c t="s" r="H193" s="2">
-[...4 lines deleted...]
-      <c t="s" r="A194" s="6">
+      <c t="s" r="E194" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F194" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G194" s="4">
+        <v>39</v>
+      </c>
+      <c t="s" r="H194" s="4">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="195" ht="13.5" customHeight="1">
+      <c t="s" r="A195" s="2">
+        <v>18</v>
+      </c>
+      <c r="B195" s="3">
+        <v>46375.25</v>
+      </c>
+      <c r="C195" s="3">
+        <v>46375.708333333328</v>
+      </c>
+      <c t="s" r="D195" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E195" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F195" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G195" s="2">
+        <v>20</v>
+      </c>
+      <c t="s" r="H195" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="196" ht="13.5" customHeight="1">
+      <c t="s" r="A196" s="2">
         <v>49</v>
       </c>
-      <c r="B194" s="7">
-[...22 lines deleted...]
-      <c t="s" r="A195" s="6">
+      <c r="B196" s="3">
+        <v>46375.333333333328</v>
+      </c>
+      <c r="C196" s="3">
+        <v>46375.791666666664</v>
+      </c>
+      <c t="s" r="D196" s="2">
+        <v>24</v>
+      </c>
+      <c t="s" r="E196" s="2">
+        <v>25</v>
+      </c>
+      <c t="s" r="F196" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G196" s="2">
+        <v>37</v>
+      </c>
+      <c t="s" r="H196" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="197" ht="13.5" customHeight="1">
+      <c t="s" r="A197" s="4">
         <v>49</v>
       </c>
-      <c r="B195" s="7">
-[...69 lines deleted...]
-      <c t="s" r="H197" s="6">
+      <c r="B197" s="5">
+        <v>46375.8125</v>
+      </c>
+      <c r="C197" s="5">
+        <v>46377.75</v>
+      </c>
+      <c t="s" r="D197" s="4">
+        <v>15</v>
+      </c>
+      <c t="s" r="E197" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F197" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G197" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H197" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="198" ht="13.5" customHeight="1">
       <c t="s" r="A198" s="2">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B198" s="3">
-        <v>46178.270833333328</v>
+        <v>46376.291666666664</v>
       </c>
       <c r="C198" s="3">
-        <v>46178.645833333328</v>
+        <v>46376.708333333328</v>
       </c>
       <c t="s" r="D198" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E198" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F198" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G198" s="2">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c t="s" r="H198" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="199" ht="13.5" customHeight="1">
-      <c t="s" r="A199" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H199" s="6">
+      <c t="s" r="A199" s="4">
+        <v>32</v>
+      </c>
+      <c r="B199" s="5">
+        <v>46377.270833333328</v>
+      </c>
+      <c r="C199" s="5">
+        <v>46378.125</v>
+      </c>
+      <c t="s" r="D199" s="4">
+        <v>9</v>
+      </c>
+      <c t="s" r="E199" s="4">
+        <v>10</v>
+      </c>
+      <c t="s" r="F199" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G199" s="4">
+        <v>33</v>
+      </c>
+      <c t="s" r="H199" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="200" ht="13.5" customHeight="1">
-      <c t="s" r="A200" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H200" s="6">
+      <c t="s" r="A200" s="2">
+        <v>32</v>
+      </c>
+      <c r="B200" s="3">
+        <v>46378.15625</v>
+      </c>
+      <c r="C200" s="3">
+        <v>46378.6875</v>
+      </c>
+      <c t="s" r="D200" s="2">
+        <v>56</v>
+      </c>
+      <c t="s" r="E200" s="2">
+        <v>57</v>
+      </c>
+      <c t="s" r="F200" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G200" s="2">
+        <v>33</v>
+      </c>
+      <c t="s" r="H200" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="201" ht="13.5" customHeight="1">
       <c t="s" r="A201" s="2">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="B201" s="3">
-        <v>46180.270833333328</v>
+        <v>46378.25</v>
       </c>
       <c r="C201" s="3">
-        <v>46180.645833333328</v>
+        <v>46378.666666666664</v>
       </c>
       <c t="s" r="D201" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E201" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F201" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G201" s="2">
         <v>12</v>
       </c>
       <c t="s" r="H201" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="202" ht="13.5" customHeight="1">
-      <c t="s" r="A202" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H202" s="6">
+      <c t="s" r="A202" s="2">
+        <v>34</v>
+      </c>
+      <c r="B202" s="3">
+        <v>46379.25</v>
+      </c>
+      <c r="C202" s="3">
+        <v>46379.78125</v>
+      </c>
+      <c t="s" r="D202" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E202" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F202" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G202" s="2">
+        <v>35</v>
+      </c>
+      <c t="s" r="H202" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="203" ht="13.5" customHeight="1">
       <c t="s" r="A203" s="2">
+        <v>21</v>
+      </c>
+      <c r="B203" s="3">
+        <v>46382.270833333328</v>
+      </c>
+      <c r="C203" s="3">
+        <v>46382.645833333328</v>
+      </c>
+      <c t="s" r="D203" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E203" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F203" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G203" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H203" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="204" ht="13.5" customHeight="1">
+      <c t="s" r="A204" s="2">
         <v>14</v>
       </c>
-      <c r="B203" s="3">
-[...14 lines deleted...]
-      <c t="s" r="G203" s="2">
+      <c r="B204" s="3">
+        <v>46383.270833333328</v>
+      </c>
+      <c r="C204" s="3">
+        <v>46383.645833333328</v>
+      </c>
+      <c t="s" r="D204" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E204" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F204" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G204" s="2">
+        <v>17</v>
+      </c>
+      <c t="s" r="H204" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="205" ht="13.5" customHeight="1">
+      <c t="s" r="A205" s="2">
+        <v>18</v>
+      </c>
+      <c r="B205" s="3">
+        <v>46384.25</v>
+      </c>
+      <c r="C205" s="3">
+        <v>46384.78125</v>
+      </c>
+      <c t="s" r="D205" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E205" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F205" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G205" s="2">
+        <v>20</v>
+      </c>
+      <c t="s" r="H205" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="206" ht="13.5" customHeight="1">
+      <c t="s" r="A206" s="4">
+        <v>55</v>
+      </c>
+      <c r="B206" s="5">
+        <v>46384.416666666664</v>
+      </c>
+      <c r="C206" s="5">
+        <v>46385.708333333328</v>
+      </c>
+      <c t="s" r="D206" s="4">
         <v>15</v>
       </c>
-      <c t="s" r="H203" s="2">
-[...77 lines deleted...]
-      <c t="s" r="H206" s="6">
+      <c t="s" r="E206" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F206" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G206" s="4">
+        <v>39</v>
+      </c>
+      <c t="s" r="H206" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="207" ht="13.5" customHeight="1">
       <c t="s" r="A207" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B207" s="3">
-        <v>46184.270833333328</v>
+        <v>46386.21875</v>
       </c>
       <c r="C207" s="3">
-        <v>46184.645833333328</v>
+        <v>46386.645833333328</v>
       </c>
       <c t="s" r="D207" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E207" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F207" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G207" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H207" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="208" ht="13.5" customHeight="1">
-      <c t="s" r="A208" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H208" s="6">
+      <c t="s" r="A208" s="2">
+        <v>14</v>
+      </c>
+      <c r="B208" s="3">
+        <v>46386.270833333328</v>
+      </c>
+      <c r="C208" s="3">
+        <v>46386.6875</v>
+      </c>
+      <c t="s" r="D208" s="2">
+        <v>15</v>
+      </c>
+      <c t="s" r="E208" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F208" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G208" s="2">
+        <v>17</v>
+      </c>
+      <c t="s" r="H208" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="209" ht="13.5" customHeight="1">
       <c t="s" r="A209" s="6">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="B209" s="7">
-        <v>46185.6875</v>
+        <v>46387.104166666664</v>
       </c>
       <c r="C209" s="7">
-        <v>46185.999305555553</v>
+        <v>46388.416666666664</v>
       </c>
       <c t="s" r="D209" s="6">
         <v>9</v>
       </c>
       <c t="s" r="E209" s="6">
         <v>10</v>
       </c>
       <c t="s" r="F209" s="6">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c t="s" r="G209" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H209" s="6">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="210" ht="13.5" customHeight="1">
+      <c t="s" r="A210" s="4">
+        <v>58</v>
+      </c>
+      <c r="B210" s="5">
+        <v>46387.25</v>
+      </c>
+      <c r="C210" s="5">
+        <v>46388.833333333328</v>
+      </c>
+      <c t="s" r="D210" s="4">
+        <v>15</v>
+      </c>
+      <c t="s" r="E210" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F210" s="4">
+        <v>11</v>
+      </c>
+      <c t="s" r="G210" s="4">
+        <v>59</v>
+      </c>
+      <c t="s" r="H210" s="4">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="211" ht="13.5" customHeight="1">
+      <c t="s" r="A211" s="4">
         <v>51</v>
       </c>
-      <c t="s" r="H209" s="6">
-[...51 lines deleted...]
-      <c t="s" r="H211" s="2">
+      <c r="B211" s="5">
+        <v>46387.333333333328</v>
+      </c>
+      <c r="C211" s="5">
+        <v>46389.583333333328</v>
+      </c>
+      <c t="s" r="D211" s="4">
+        <v>24</v>
+      </c>
+      <c t="s" r="E211" s="4">
+        <v>25</v>
+      </c>
+      <c t="s" r="F211" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G211" s="4">
+        <v>52</v>
+      </c>
+      <c t="s" r="H211" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="212" ht="13.5" customHeight="1">
       <c t="s" r="A212" s="2">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B212" s="3">
-        <v>46193.270833333328</v>
+        <v>46389.270833333328</v>
       </c>
       <c r="C212" s="3">
-        <v>46193.645833333328</v>
+        <v>46389.708333333328</v>
       </c>
       <c t="s" r="D212" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E212" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F212" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G212" s="2">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c t="s" r="H212" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="213" ht="13.5" customHeight="1">
       <c t="s" r="A213" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B213" s="3">
-        <v>46195.270833333328</v>
+        <v>46390.25</v>
       </c>
       <c r="C213" s="3">
-        <v>46195.645833333328</v>
+        <v>46390.645833333328</v>
       </c>
       <c t="s" r="D213" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E213" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F213" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G213" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H213" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="214" ht="13.5" customHeight="1">
       <c t="s" r="A214" s="2">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="B214" s="3">
-        <v>46197.270833333328</v>
+        <v>46390.291666666664</v>
       </c>
       <c r="C214" s="3">
-        <v>46197.645833333328</v>
+        <v>46390.770833333328</v>
       </c>
       <c t="s" r="D214" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E214" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F214" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G214" s="2">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c t="s" r="H214" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="215" ht="13.5" customHeight="1">
       <c t="s" r="A215" s="2">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="B215" s="3">
-        <v>46205.270833333328</v>
+        <v>46391.25</v>
       </c>
       <c r="C215" s="3">
-        <v>46205.645833333328</v>
+        <v>46391.666666666664</v>
       </c>
       <c t="s" r="D215" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E215" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F215" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G215" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c t="s" r="H215" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="216" ht="13.5" customHeight="1">
       <c t="s" r="A216" s="2">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B216" s="3">
-        <v>46206.270833333328</v>
+        <v>46393.25</v>
       </c>
       <c r="C216" s="3">
-        <v>46206.645833333328</v>
+        <v>46393.78125</v>
       </c>
       <c t="s" r="D216" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E216" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F216" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G216" s="2">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c t="s" r="H216" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="217" ht="13.5" customHeight="1">
       <c t="s" r="A217" s="2">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="B217" s="3">
-        <v>46209.270833333328</v>
+        <v>46393.25</v>
       </c>
       <c r="C217" s="3">
-        <v>46209.645833333328</v>
+        <v>46393.666666666664</v>
       </c>
       <c t="s" r="D217" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E217" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F217" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G217" s="2">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c t="s" r="H217" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="218" ht="13.5" customHeight="1">
-      <c t="s" r="A218" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H218" s="2">
+      <c t="s" r="A218" s="4">
+        <v>51</v>
+      </c>
+      <c r="B218" s="5">
+        <v>46394.270833333328</v>
+      </c>
+      <c r="C218" s="5">
+        <v>46395.78125</v>
+      </c>
+      <c t="s" r="D218" s="4">
+        <v>9</v>
+      </c>
+      <c t="s" r="E218" s="4">
+        <v>10</v>
+      </c>
+      <c t="s" r="F218" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G218" s="4">
+        <v>52</v>
+      </c>
+      <c t="s" r="H218" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="219" ht="13.5" customHeight="1">
       <c t="s" r="A219" s="2">
         <v>14</v>
       </c>
       <c r="B219" s="3">
-        <v>46218.270833333328</v>
+        <v>46396.270833333328</v>
       </c>
       <c r="C219" s="3">
-        <v>46218.645833333328</v>
+        <v>46396.645833333328</v>
       </c>
       <c t="s" r="D219" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E219" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F219" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G219" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H219" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="220" ht="13.5" customHeight="1">
       <c t="s" r="A220" s="2">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="B220" s="3">
-        <v>46219.270833333328</v>
+        <v>46397.25</v>
       </c>
       <c r="C220" s="3">
-        <v>46219.645833333328</v>
+        <v>46397.666666666664</v>
       </c>
       <c t="s" r="D220" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E220" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F220" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G220" s="2">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c t="s" r="H220" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="221" ht="13.5" customHeight="1">
-      <c t="s" r="A221" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H221" s="2">
+      <c t="s" r="A221" s="4">
+        <v>36</v>
+      </c>
+      <c r="B221" s="5">
+        <v>46398.291666666664</v>
+      </c>
+      <c r="C221" s="5">
+        <v>46399.75</v>
+      </c>
+      <c t="s" r="D221" s="4">
+        <v>9</v>
+      </c>
+      <c t="s" r="E221" s="4">
+        <v>10</v>
+      </c>
+      <c t="s" r="F221" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G221" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H221" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="222" ht="13.5" customHeight="1">
       <c t="s" r="A222" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B222" s="3">
-        <v>46222.270833333328</v>
+        <v>46400.270833333328</v>
       </c>
       <c r="C222" s="3">
-        <v>46222.6875</v>
+        <v>46400.645833333328</v>
       </c>
       <c t="s" r="D222" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E222" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F222" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G222" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H222" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="223" ht="13.5" customHeight="1">
-      <c t="s" r="A223" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H223" s="6">
+      <c t="s" r="A223" s="2">
+        <v>32</v>
+      </c>
+      <c r="B223" s="3">
+        <v>46401.270833333328</v>
+      </c>
+      <c r="C223" s="3">
+        <v>46401.78125</v>
+      </c>
+      <c t="s" r="D223" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E223" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F223" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G223" s="2">
+        <v>33</v>
+      </c>
+      <c t="s" r="H223" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="224" ht="13.5" customHeight="1">
       <c t="s" r="A224" s="2">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B224" s="3">
-        <v>46232.270833333328</v>
+        <v>46402.25</v>
       </c>
       <c r="C224" s="3">
-        <v>46232.645833333328</v>
+        <v>46402.78125</v>
       </c>
       <c t="s" r="D224" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E224" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F224" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G224" s="2">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c t="s" r="H224" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="225" ht="13.5" customHeight="1">
       <c t="s" r="A225" s="2">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="B225" s="3">
-        <v>46234.270833333328</v>
+        <v>46403.25</v>
       </c>
       <c r="C225" s="3">
-        <v>46234.645833333328</v>
+        <v>46403.666666666664</v>
       </c>
       <c t="s" r="D225" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E225" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F225" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G225" s="2">
         <v>12</v>
       </c>
       <c t="s" r="H225" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="226" ht="13.5" customHeight="1">
-      <c t="s" r="A226" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H226" s="2">
+      <c t="s" r="A226" s="4">
+        <v>49</v>
+      </c>
+      <c r="B226" s="5">
+        <v>46403.333333333328</v>
+      </c>
+      <c r="C226" s="5">
+        <v>46405.75</v>
+      </c>
+      <c t="s" r="D226" s="4">
+        <v>15</v>
+      </c>
+      <c t="s" r="E226" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F226" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G226" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H226" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="227" ht="13.5" customHeight="1">
       <c t="s" r="A227" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B227" s="3">
-        <v>46241.270833333328</v>
+        <v>46404.270833333328</v>
       </c>
       <c r="C227" s="3">
-        <v>46241.645833333328</v>
+        <v>46404.645833333328</v>
       </c>
       <c t="s" r="D227" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E227" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F227" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G227" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H227" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="228" ht="13.5" customHeight="1">
       <c t="s" r="A228" s="2">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="B228" s="3">
-        <v>46241.270833333328</v>
+        <v>46404.291666666664</v>
       </c>
       <c r="C228" s="3">
-        <v>46241.666666666664</v>
+        <v>46404.791666666664</v>
       </c>
       <c t="s" r="D228" s="2">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c t="s" r="E228" s="2">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c t="s" r="F228" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G228" s="2">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c t="s" r="H228" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="229" ht="13.5" customHeight="1">
       <c t="s" r="A229" s="2">
         <v>14</v>
       </c>
       <c r="B229" s="3">
-        <v>46244.270833333328</v>
+        <v>46406.270833333328</v>
       </c>
       <c r="C229" s="3">
-        <v>46244.645833333328</v>
+        <v>46406.645833333328</v>
       </c>
       <c t="s" r="D229" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E229" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F229" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G229" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H229" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="230" ht="13.5" customHeight="1">
       <c t="s" r="A230" s="2">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="B230" s="3">
-        <v>46251.270833333328</v>
+        <v>46408.25</v>
       </c>
       <c r="C230" s="3">
-        <v>46251.645833333328</v>
+        <v>46408.666666666664</v>
       </c>
       <c t="s" r="D230" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E230" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F230" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G230" s="2">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c t="s" r="H230" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="231" ht="13.5" customHeight="1">
       <c t="s" r="A231" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B231" s="3">
-        <v>46253.270833333328</v>
+        <v>46408.270833333328</v>
       </c>
       <c r="C231" s="3">
-        <v>46253.645833333328</v>
+        <v>46408.645833333328</v>
       </c>
       <c t="s" r="D231" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E231" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F231" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G231" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H231" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="232" ht="13.5" customHeight="1">
       <c t="s" r="A232" s="2">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B232" s="3">
-        <v>46255.270833333328</v>
+        <v>46409.291666666664</v>
       </c>
       <c r="C232" s="3">
-        <v>46255.645833333328</v>
+        <v>46409.75</v>
       </c>
       <c t="s" r="D232" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E232" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F232" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G232" s="2">
         <v>12</v>
       </c>
       <c t="s" r="H232" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="233" ht="13.5" customHeight="1">
       <c t="s" r="A233" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B233" s="3">
-        <v>46258.270833333328</v>
+        <v>46410.270833333328</v>
       </c>
       <c r="C233" s="3">
-        <v>46258.645833333328</v>
+        <v>46410.645833333328</v>
       </c>
       <c t="s" r="D233" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E233" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F233" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G233" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H233" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="234" ht="13.5" customHeight="1">
       <c t="s" r="A234" s="2">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B234" s="3">
-        <v>46262.270833333328</v>
+        <v>46411.25</v>
       </c>
       <c r="C234" s="3">
-        <v>46262.645833333328</v>
+        <v>46411.708333333328</v>
       </c>
       <c t="s" r="D234" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E234" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F234" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G234" s="2">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c t="s" r="H234" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="235" ht="13.5" customHeight="1">
       <c t="s" r="A235" s="2">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="B235" s="3">
-        <v>46263.270833333328</v>
+        <v>46412.25</v>
       </c>
       <c r="C235" s="3">
-        <v>46263.645833333328</v>
+        <v>46412.666666666664</v>
       </c>
       <c t="s" r="D235" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E235" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F235" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G235" s="2">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c t="s" r="H235" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="236" ht="13.5" customHeight="1">
-      <c t="s" r="A236" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H236" s="2">
+      <c t="s" r="A236" s="6">
+        <v>43</v>
+      </c>
+      <c r="B236" s="7">
+        <v>46412.6875</v>
+      </c>
+      <c r="C236" s="7">
+        <v>46414.166666666664</v>
+      </c>
+      <c t="s" r="D236" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E236" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F236" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G236" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H236" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="237" ht="13.5" customHeight="1">
       <c t="s" r="A237" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B237" s="3">
-        <v>46266.270833333328</v>
+        <v>46414.21875</v>
       </c>
       <c r="C237" s="3">
-        <v>46266.645833333328</v>
+        <v>46414.645833333328</v>
       </c>
       <c t="s" r="D237" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E237" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F237" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G237" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H237" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="238" ht="13.5" customHeight="1">
       <c t="s" r="A238" s="2">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="B238" s="3">
-        <v>46267.25</v>
+        <v>46414.270833333328</v>
       </c>
       <c r="C238" s="3">
-        <v>46267.78125</v>
+        <v>46414.6875</v>
       </c>
       <c t="s" r="D238" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E238" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F238" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G238" s="2">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c t="s" r="H238" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="239" ht="13.5" customHeight="1">
       <c t="s" r="A239" s="2">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="B239" s="3">
-        <v>46270.270833333328</v>
+        <v>46415.270833333328</v>
       </c>
       <c r="C239" s="3">
-        <v>46270.645833333328</v>
+        <v>46415.78125</v>
       </c>
       <c t="s" r="D239" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E239" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F239" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G239" s="2">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c t="s" r="H239" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="240" ht="13.5" customHeight="1">
       <c t="s" r="A240" s="2">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="B240" s="3">
-        <v>46273.270833333328</v>
+        <v>46416.25</v>
       </c>
       <c r="C240" s="3">
-        <v>46273.645833333328</v>
+        <v>46416.999305555553</v>
       </c>
       <c t="s" r="D240" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E240" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F240" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G240" s="2">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c t="s" r="H240" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="241" ht="13.5" customHeight="1">
       <c t="s" r="A241" s="2">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="B241" s="3">
-        <v>46274.270833333328</v>
+        <v>46417.000694444439</v>
       </c>
       <c r="C241" s="3">
-        <v>46274.645833333328</v>
+        <v>46417.75</v>
       </c>
       <c t="s" r="D241" s="2">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c t="s" r="E241" s="2">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c t="s" r="F241" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G241" s="2">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c t="s" r="H241" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="242" ht="13.5" customHeight="1">
       <c t="s" r="A242" s="2">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="B242" s="3">
-        <v>46283.270833333328</v>
+        <v>46417.25</v>
       </c>
       <c r="C242" s="3">
-        <v>46283.645833333328</v>
+        <v>46417.666666666664</v>
       </c>
       <c t="s" r="D242" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E242" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F242" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G242" s="2">
         <v>12</v>
       </c>
       <c t="s" r="H242" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="243" ht="13.5" customHeight="1">
       <c t="s" r="A243" s="2">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="B243" s="3">
-        <v>46283.270833333328</v>
+        <v>46417.291666666664</v>
       </c>
       <c r="C243" s="3">
-        <v>46283.666666666664</v>
+        <v>46417.958333333328</v>
       </c>
       <c t="s" r="D243" s="2">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c t="s" r="E243" s="2">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c t="s" r="F243" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G243" s="2">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c t="s" r="H243" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="244" ht="13.5" customHeight="1">
-      <c t="s" r="A244" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H244" s="6">
+      <c t="s" r="A244" s="4">
+        <v>61</v>
+      </c>
+      <c r="B244" s="5">
+        <v>46417.979166666664</v>
+      </c>
+      <c r="C244" s="5">
+        <v>46418.791666666664</v>
+      </c>
+      <c t="s" r="D244" s="4">
+        <v>24</v>
+      </c>
+      <c t="s" r="E244" s="4">
+        <v>25</v>
+      </c>
+      <c t="s" r="F244" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G244" s="4">
+        <v>62</v>
+      </c>
+      <c t="s" r="H244" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="245" ht="13.5" customHeight="1">
       <c t="s" r="A245" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B245" s="3">
-        <v>46286.270833333328</v>
+        <v>46418.25</v>
       </c>
       <c r="C245" s="3">
-        <v>46286.645833333328</v>
+        <v>46418.645833333328</v>
       </c>
       <c t="s" r="D245" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E245" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F245" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G245" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H245" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="246" ht="13.5" customHeight="1">
       <c t="s" r="A246" s="2">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B246" s="3">
-        <v>46290.270833333328</v>
+        <v>46418.291666666664</v>
       </c>
       <c r="C246" s="3">
-        <v>46290.645833333328</v>
+        <v>46418.770833333328</v>
       </c>
       <c t="s" r="D246" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E246" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F246" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G246" s="2">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c t="s" r="H246" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="247" ht="13.5" customHeight="1">
       <c t="s" r="A247" s="2">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B247" s="3">
-        <v>46292.270833333328</v>
+        <v>46419.25</v>
       </c>
       <c r="C247" s="3">
-        <v>46292.645833333328</v>
+        <v>46419.78125</v>
       </c>
       <c t="s" r="D247" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E247" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F247" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G247" s="2">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c t="s" r="H247" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="248" ht="13.5" customHeight="1">
       <c t="s" r="A248" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B248" s="3">
-        <v>46294.270833333328</v>
+        <v>46422.270833333328</v>
       </c>
       <c r="C248" s="3">
-        <v>46294.645833333328</v>
+        <v>46422.645833333328</v>
       </c>
       <c t="s" r="D248" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E248" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F248" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G248" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H248" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="249" ht="13.5" customHeight="1">
       <c t="s" r="A249" s="2">
-        <v>8</v>
+        <v>51</v>
       </c>
       <c r="B249" s="3">
-        <v>46296.270833333328</v>
+        <v>46423.25</v>
       </c>
       <c r="C249" s="3">
-        <v>46296.645833333328</v>
+        <v>46423.78125</v>
       </c>
       <c t="s" r="D249" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E249" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F249" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G249" s="2">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c t="s" r="H249" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="250" ht="13.5" customHeight="1">
       <c t="s" r="A250" s="2">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B250" s="3">
-        <v>46300.270833333328</v>
+        <v>46424.270833333328</v>
       </c>
       <c r="C250" s="3">
-        <v>46300.645833333328</v>
+        <v>46424.708333333328</v>
       </c>
       <c t="s" r="D250" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E250" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F250" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G250" s="2">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c t="s" r="H250" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="251" ht="13.5" customHeight="1">
       <c t="s" r="A251" s="2">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="B251" s="3">
-        <v>46302.25</v>
+        <v>46425.25</v>
       </c>
       <c r="C251" s="3">
-        <v>46302.78125</v>
+        <v>46425.666666666664</v>
       </c>
       <c t="s" r="D251" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E251" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F251" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G251" s="2">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c t="s" r="H251" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="252" ht="13.5" customHeight="1">
       <c t="s" r="A252" s="2">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="B252" s="3">
-        <v>46303.270833333328</v>
+        <v>46425.291666666664</v>
       </c>
       <c r="C252" s="3">
-        <v>46303.645833333328</v>
+        <v>46425.708333333328</v>
       </c>
       <c t="s" r="D252" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E252" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F252" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G252" s="2">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c t="s" r="H252" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="253" ht="13.5" customHeight="1">
       <c t="s" r="A253" s="2">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="B253" s="3">
-        <v>46304.270833333328</v>
+        <v>46425.333333333328</v>
       </c>
       <c r="C253" s="3">
-        <v>46304.645833333328</v>
+        <v>46425.75</v>
       </c>
       <c t="s" r="D253" s="2">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c t="s" r="E253" s="2">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c t="s" r="F253" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G253" s="2">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c t="s" r="H253" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="254" ht="13.5" customHeight="1">
-      <c t="s" r="A254" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H254" s="2">
+      <c t="s" r="A254" s="4">
+        <v>36</v>
+      </c>
+      <c r="B254" s="5">
+        <v>46425.75</v>
+      </c>
+      <c r="C254" s="5">
+        <v>46427.75</v>
+      </c>
+      <c t="s" r="D254" s="4">
+        <v>15</v>
+      </c>
+      <c t="s" r="E254" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F254" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G254" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H254" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="255" ht="13.5" customHeight="1">
-      <c t="s" r="A255" s="2">
-[...8 lines deleted...]
-      <c t="s" r="D255" s="2">
+      <c t="s" r="A255" s="4">
+        <v>63</v>
+      </c>
+      <c r="B255" s="5">
+        <v>46426.333333333328</v>
+      </c>
+      <c r="C255" s="5">
+        <v>46427.75</v>
+      </c>
+      <c t="s" r="D255" s="4">
+        <v>9</v>
+      </c>
+      <c t="s" r="E255" s="4">
+        <v>10</v>
+      </c>
+      <c t="s" r="F255" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G255" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H255" s="4">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="256" ht="13.5" customHeight="1">
+      <c t="s" r="A256" s="4">
+        <v>64</v>
+      </c>
+      <c r="B256" s="5">
+        <v>46428.270833333328</v>
+      </c>
+      <c r="C256" s="5">
+        <v>46429.791666666664</v>
+      </c>
+      <c t="s" r="D256" s="4">
+        <v>9</v>
+      </c>
+      <c t="s" r="E256" s="4">
+        <v>10</v>
+      </c>
+      <c t="s" r="F256" s="4">
+        <v>11</v>
+      </c>
+      <c t="s" r="G256" s="4">
         <v>26</v>
       </c>
-      <c t="s" r="E255" s="2">
-[...34 lines deleted...]
-      <c t="s" r="H256" s="2">
+      <c t="s" r="H256" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="257" ht="13.5" customHeight="1">
       <c t="s" r="A257" s="2">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B257" s="3">
-        <v>46312.270833333328</v>
+        <v>46430.25</v>
       </c>
       <c r="C257" s="3">
-        <v>46312.708333333328</v>
+        <v>46430.78125</v>
       </c>
       <c t="s" r="D257" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E257" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F257" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G257" s="2">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c t="s" r="H257" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="258" ht="13.5" customHeight="1">
       <c t="s" r="A258" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B258" s="3">
-        <v>46314.270833333328</v>
+        <v>46431.270833333328</v>
       </c>
       <c r="C258" s="3">
-        <v>46314.645833333328</v>
+        <v>46431.645833333328</v>
       </c>
       <c t="s" r="D258" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E258" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F258" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G258" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H258" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="259" ht="13.5" customHeight="1">
+      <c t="s" r="A259" s="4">
+        <v>49</v>
+      </c>
+      <c r="B259" s="5">
+        <v>46431.333333333328</v>
+      </c>
+      <c r="C259" s="5">
+        <v>46433.75</v>
+      </c>
+      <c t="s" r="D259" s="4">
         <v>15</v>
       </c>
-      <c t="s" r="H258" s="2">
-[...25 lines deleted...]
-      <c t="s" r="H259" s="2">
+      <c t="s" r="E259" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F259" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G259" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H259" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="260" ht="13.5" customHeight="1">
       <c t="s" r="A260" s="2">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="B260" s="3">
-        <v>46320.270833333328</v>
+        <v>46432.291666666664</v>
       </c>
       <c r="C260" s="3">
-        <v>46320.645833333328</v>
+        <v>46432.791666666664</v>
       </c>
       <c t="s" r="D260" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E260" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F260" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G260" s="2">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c t="s" r="H260" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="261" ht="13.5" customHeight="1">
       <c t="s" r="A261" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B261" s="3">
-        <v>46322.270833333328</v>
+        <v>46433.270833333328</v>
       </c>
       <c r="C261" s="3">
-        <v>46322.645833333328</v>
+        <v>46433.645833333328</v>
       </c>
       <c t="s" r="D261" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E261" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F261" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G261" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H261" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="262" ht="13.5" customHeight="1">
       <c t="s" r="A262" s="2">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="B262" s="3">
-        <v>46323.270833333328</v>
+        <v>46434.25</v>
       </c>
       <c r="C262" s="3">
-        <v>46323.78125</v>
+        <v>46434.666666666664</v>
       </c>
       <c t="s" r="D262" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E262" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F262" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G262" s="2">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c t="s" r="H262" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="263" ht="13.5" customHeight="1">
       <c t="s" r="A263" s="2">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="B263" s="3">
-        <v>46325.25</v>
+        <v>46435.25</v>
       </c>
       <c r="C263" s="3">
-        <v>46325.78125</v>
+        <v>46435.708333333328</v>
       </c>
       <c t="s" r="D263" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E263" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F263" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G263" s="2">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c t="s" r="H263" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="264" ht="13.5" customHeight="1">
       <c t="s" r="A264" s="2">
-        <v>79</v>
+        <v>32</v>
       </c>
       <c r="B264" s="3">
-        <v>46326.270833333328</v>
+        <v>46436.270833333328</v>
       </c>
       <c r="C264" s="3">
-        <v>46326.708333333328</v>
+        <v>46436.78125</v>
       </c>
       <c t="s" r="D264" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E264" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F264" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G264" s="2">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c t="s" r="H264" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="265" ht="13.5" customHeight="1">
       <c t="s" r="A265" s="2">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="B265" s="3">
-        <v>46326.270833333328</v>
+        <v>46437.270833333328</v>
       </c>
       <c r="C265" s="3">
-        <v>46326.645833333328</v>
+        <v>46437.999305555553</v>
       </c>
       <c t="s" r="D265" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E265" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F265" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G265" s="2">
+        <v>17</v>
+      </c>
+      <c t="s" r="H265" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="266" ht="13.5" customHeight="1">
+      <c t="s" r="A266" s="4">
+        <v>67</v>
+      </c>
+      <c r="B266" s="5">
+        <v>46437.583333333328</v>
+      </c>
+      <c r="C266" s="5">
+        <v>46438.875</v>
+      </c>
+      <c t="s" r="D266" s="4">
         <v>15</v>
       </c>
-      <c t="s" r="H265" s="2">
-[...25 lines deleted...]
-      <c t="s" r="H266" s="2">
+      <c t="s" r="E266" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F266" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G266" s="4">
+        <v>54</v>
+      </c>
+      <c t="s" r="H266" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="267" ht="13.5" customHeight="1">
       <c t="s" r="A267" s="2">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="B267" s="3">
-        <v>46328.25</v>
+        <v>46438.000694444439</v>
       </c>
       <c r="C267" s="3">
-        <v>46328.708333333328</v>
+        <v>46438.791666666664</v>
       </c>
       <c t="s" r="D267" s="2">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c t="s" r="E267" s="2">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c t="s" r="F267" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G267" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c t="s" r="H267" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="268" ht="13.5" customHeight="1">
       <c t="s" r="A268" s="2">
-        <v>82</v>
+        <v>50</v>
       </c>
       <c r="B268" s="3">
-        <v>46329.25</v>
+        <v>46438.25</v>
       </c>
       <c r="C268" s="3">
-        <v>46329.666666666664</v>
+        <v>46438.666666666664</v>
       </c>
       <c t="s" r="D268" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E268" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F268" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G268" s="2">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c t="s" r="H268" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="269" ht="13.5" customHeight="1">
       <c t="s" r="A269" s="2">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="B269" s="3">
-        <v>46330.25</v>
+        <v>46439.25</v>
       </c>
       <c r="C269" s="3">
-        <v>46330.75</v>
+        <v>46439.708333333328</v>
       </c>
       <c t="s" r="D269" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E269" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F269" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G269" s="2">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c t="s" r="H269" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="270" ht="13.5" customHeight="1">
-      <c t="s" r="A270" s="2">
-[...17 lines deleted...]
-      <c t="s" r="G270" s="2">
+      <c t="s" r="A270" s="4">
+        <v>68</v>
+      </c>
+      <c r="B270" s="5">
+        <v>46440.291666666664</v>
+      </c>
+      <c r="C270" s="5">
+        <v>46441.833333333328</v>
+      </c>
+      <c t="s" r="D270" s="4">
+        <v>9</v>
+      </c>
+      <c t="s" r="E270" s="4">
+        <v>10</v>
+      </c>
+      <c t="s" r="F270" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G270" s="4">
+        <v>52</v>
+      </c>
+      <c t="s" r="H270" s="4">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="271" ht="13.5" customHeight="1">
+      <c t="s" r="A271" s="4">
+        <v>69</v>
+      </c>
+      <c r="B271" s="5">
+        <v>46441.5</v>
+      </c>
+      <c r="C271" s="5">
+        <v>46442.75</v>
+      </c>
+      <c t="s" r="D271" s="4">
         <v>15</v>
       </c>
-      <c t="s" r="H270" s="2">
-[...25 lines deleted...]
-      <c t="s" r="H271" s="2">
+      <c t="s" r="E271" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F271" s="4">
+        <v>70</v>
+      </c>
+      <c t="s" r="G271" s="4">
+        <v>71</v>
+      </c>
+      <c t="s" r="H271" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="272" ht="13.5" customHeight="1">
       <c t="s" r="A272" s="2">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="B272" s="3">
-        <v>46335.270833333328</v>
+        <v>46442.270833333328</v>
       </c>
       <c r="C272" s="3">
-        <v>46335.78125</v>
+        <v>46442.999305555553</v>
       </c>
       <c t="s" r="D272" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E272" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F272" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G272" s="2">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c t="s" r="H272" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="273" ht="13.5" customHeight="1">
       <c t="s" r="A273" s="2">
-        <v>14</v>
+        <v>72</v>
       </c>
       <c r="B273" s="3">
-        <v>46335.270833333328</v>
+        <v>46443.000694444439</v>
       </c>
       <c r="C273" s="3">
-        <v>46335.645833333328</v>
+        <v>46443.791666666664</v>
       </c>
       <c t="s" r="D273" s="2">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c t="s" r="E273" s="2">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c t="s" r="F273" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G273" s="2">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c t="s" r="H273" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="274" ht="13.5" customHeight="1">
       <c t="s" r="A274" s="2">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="B274" s="3">
-        <v>46336.270833333328</v>
+        <v>46443.270833333328</v>
       </c>
       <c r="C274" s="3">
-        <v>46336.78125</v>
+        <v>46443.645833333328</v>
       </c>
       <c t="s" r="D274" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E274" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F274" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G274" s="2">
         <v>22</v>
       </c>
       <c t="s" r="H274" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="275" ht="13.5" customHeight="1">
       <c t="s" r="A275" s="2">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="B275" s="3">
-        <v>46337.270833333328</v>
+        <v>46444.270833333328</v>
       </c>
       <c r="C275" s="3">
-        <v>46337.708333333328</v>
+        <v>46444.916666666664</v>
       </c>
       <c t="s" r="D275" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E275" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F275" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G275" s="2">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c t="s" r="H275" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="276" ht="13.5" customHeight="1">
       <c t="s" r="A276" s="2">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="B276" s="3">
-        <v>46338.270833333328</v>
+        <v>46445.25</v>
       </c>
       <c r="C276" s="3">
-        <v>46338.78125</v>
+        <v>46445.875</v>
       </c>
       <c t="s" r="D276" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E276" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F276" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G276" s="2">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c t="s" r="H276" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="277" ht="13.5" customHeight="1">
       <c t="s" r="A277" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B277" s="3">
-        <v>46339.270833333328</v>
+        <v>46446.270833333328</v>
       </c>
       <c r="C277" s="3">
-        <v>46339.645833333328</v>
+        <v>46446.645833333328</v>
       </c>
       <c t="s" r="D277" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E277" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F277" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G277" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H277" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="278" ht="13.5" customHeight="1">
       <c t="s" r="A278" s="2">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="B278" s="3">
-        <v>46341.291666666664</v>
+        <v>46446.291666666664</v>
       </c>
       <c r="C278" s="3">
-        <v>46341.708333333328</v>
+        <v>46446.770833333328</v>
       </c>
       <c t="s" r="D278" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E278" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F278" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G278" s="2">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c t="s" r="H278" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="279" ht="13.5" customHeight="1">
       <c t="s" r="A279" s="2">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B279" s="3">
-        <v>46342.270833333328</v>
+        <v>46447.25</v>
       </c>
       <c r="C279" s="3">
-        <v>46342.645833333328</v>
+        <v>46447.78125</v>
       </c>
       <c t="s" r="D279" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E279" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F279" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G279" s="2">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c t="s" r="H279" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="280" ht="13.5" customHeight="1">
       <c t="s" r="A280" s="2">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B280" s="3">
-        <v>46343.270833333328</v>
+        <v>46448.270833333328</v>
       </c>
       <c r="C280" s="3">
-        <v>46343.645833333328</v>
+        <v>46448.78125</v>
       </c>
       <c t="s" r="D280" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E280" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F280" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G280" s="2">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c t="s" r="H280" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="281" ht="13.5" customHeight="1">
       <c t="s" r="A281" s="2">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="B281" s="3">
-        <v>46344.25</v>
+        <v>46451.25</v>
       </c>
       <c r="C281" s="3">
-        <v>46344.666666666664</v>
+        <v>46451.78125</v>
       </c>
       <c t="s" r="D281" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E281" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F281" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G281" s="2">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c t="s" r="H281" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="282" ht="13.5" customHeight="1">
-      <c t="s" r="A282" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H282" s="2">
+      <c t="s" r="A282" s="4">
+        <v>27</v>
+      </c>
+      <c r="B282" s="5">
+        <v>46453.25</v>
+      </c>
+      <c r="C282" s="5">
+        <v>46454.708333333328</v>
+      </c>
+      <c t="s" r="D282" s="4">
+        <v>9</v>
+      </c>
+      <c t="s" r="E282" s="4">
+        <v>10</v>
+      </c>
+      <c t="s" r="F282" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G282" s="4">
+        <v>28</v>
+      </c>
+      <c t="s" r="H282" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="283" ht="13.5" customHeight="1">
-      <c t="s" r="A283" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H283" s="2">
+      <c t="s" r="A283" s="4">
+        <v>36</v>
+      </c>
+      <c r="B283" s="5">
+        <v>46453.333333333328</v>
+      </c>
+      <c r="C283" s="5">
+        <v>46454.958333333328</v>
+      </c>
+      <c t="s" r="D283" s="4">
+        <v>15</v>
+      </c>
+      <c t="s" r="E283" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F283" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G283" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H283" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="284" ht="13.5" customHeight="1">
       <c t="s" r="A284" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B284" s="3">
-        <v>46347.270833333328</v>
+        <v>46455.270833333328</v>
       </c>
       <c r="C284" s="3">
-        <v>46347.645833333328</v>
+        <v>46455.645833333328</v>
       </c>
       <c t="s" r="D284" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E284" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F284" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G284" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H284" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="285" ht="13.5" customHeight="1">
       <c t="s" r="A285" s="4">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="B285" s="5">
-        <v>46348.25</v>
+        <v>46455.291666666664</v>
       </c>
       <c r="C285" s="5">
-        <v>46349.75</v>
+        <v>46456.666666666664</v>
       </c>
       <c t="s" r="D285" s="4">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c t="s" r="E285" s="4">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c t="s" r="F285" s="4">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G285" s="4">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c t="s" r="H285" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="286" ht="13.5" customHeight="1">
       <c t="s" r="A286" s="2">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="B286" s="3">
-        <v>46348.270833333328</v>
+        <v>46456.25</v>
       </c>
       <c r="C286" s="3">
-        <v>46348.78125</v>
+        <v>46456.666666666664</v>
       </c>
       <c t="s" r="D286" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E286" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F286" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G286" s="2">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c t="s" r="H286" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="287" ht="13.5" customHeight="1">
-      <c t="s" r="A287" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H287" s="2">
+      <c t="s" r="A287" s="4">
+        <v>76</v>
+      </c>
+      <c r="B287" s="5">
+        <v>46457.375</v>
+      </c>
+      <c r="C287" s="5">
+        <v>46458.958333333328</v>
+      </c>
+      <c t="s" r="D287" s="4">
+        <v>15</v>
+      </c>
+      <c t="s" r="E287" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F287" s="4">
+        <v>70</v>
+      </c>
+      <c t="s" r="G287" s="4">
+        <v>77</v>
+      </c>
+      <c t="s" r="H287" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="288" ht="13.5" customHeight="1">
       <c t="s" r="A288" s="2">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B288" s="3">
-        <v>46350.270833333328</v>
+        <v>46459.270833333328</v>
       </c>
       <c r="C288" s="3">
-        <v>46350.645833333328</v>
+        <v>46459.708333333328</v>
       </c>
       <c t="s" r="D288" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E288" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F288" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G288" s="2">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c t="s" r="H288" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="289" ht="13.5" customHeight="1">
-      <c t="s" r="A289" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H289" s="2">
+      <c t="s" r="A289" s="4">
+        <v>49</v>
+      </c>
+      <c r="B289" s="5">
+        <v>46459.333333333328</v>
+      </c>
+      <c r="C289" s="5">
+        <v>46460.958333333328</v>
+      </c>
+      <c t="s" r="D289" s="4">
+        <v>15</v>
+      </c>
+      <c t="s" r="E289" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F289" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G289" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H289" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="290" ht="13.5" customHeight="1">
       <c t="s" r="A290" s="2">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B290" s="3">
-        <v>46352.270833333328</v>
+        <v>46460.25</v>
       </c>
       <c r="C290" s="3">
-        <v>46352.645833333328</v>
+        <v>46460.708333333328</v>
       </c>
       <c t="s" r="D290" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E290" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F290" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G290" s="2">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c t="s" r="H290" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="291" ht="13.5" customHeight="1">
       <c t="s" r="A291" s="2">
-        <v>8</v>
+        <v>78</v>
       </c>
       <c r="B291" s="3">
-        <v>46354.270833333328</v>
+        <v>46461.333333333328</v>
       </c>
       <c r="C291" s="3">
-        <v>46354.645833333328</v>
+        <v>46461.958333333328</v>
       </c>
       <c t="s" r="D291" s="2">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c t="s" r="E291" s="2">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c t="s" r="F291" s="2">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c t="s" r="G291" s="2">
-        <v>12</v>
+        <v>79</v>
       </c>
       <c t="s" r="H291" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="292" ht="13.5" customHeight="1">
-      <c t="s" r="A292" s="2">
+      <c t="s" r="A292" s="4">
+        <v>80</v>
+      </c>
+      <c r="B292" s="5">
+        <v>46461.375</v>
+      </c>
+      <c r="C292" s="5">
+        <v>46462.833333333328</v>
+      </c>
+      <c t="s" r="D292" s="4">
+        <v>9</v>
+      </c>
+      <c t="s" r="E292" s="4">
+        <v>10</v>
+      </c>
+      <c t="s" r="F292" s="4">
+        <v>70</v>
+      </c>
+      <c t="s" r="G292" s="4">
+        <v>81</v>
+      </c>
+      <c t="s" r="H292" s="4">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="293" ht="13.5" customHeight="1">
+      <c t="s" r="A293" s="4">
         <v>82</v>
       </c>
-      <c r="B292" s="3">
-[...40 lines deleted...]
-      <c t="s" r="G293" s="2">
+      <c r="B293" s="5">
+        <v>46461.375</v>
+      </c>
+      <c r="C293" s="5">
+        <v>46462.75</v>
+      </c>
+      <c t="s" r="D293" s="4">
         <v>15</v>
       </c>
-      <c t="s" r="H293" s="2">
+      <c t="s" r="E293" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F293" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G293" s="4">
+        <v>39</v>
+      </c>
+      <c t="s" r="H293" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="294" ht="13.5" customHeight="1">
       <c t="s" r="A294" s="2">
         <v>21</v>
       </c>
       <c r="B294" s="3">
-        <v>46357.270833333328</v>
+        <v>46464.270833333328</v>
       </c>
       <c r="C294" s="3">
-        <v>46357.78125</v>
+        <v>46464.645833333328</v>
       </c>
       <c t="s" r="D294" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E294" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F294" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G294" s="2">
         <v>22</v>
       </c>
       <c t="s" r="H294" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="295" ht="13.5" customHeight="1">
       <c t="s" r="A295" s="2">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="B295" s="3">
-        <v>46358.25</v>
+        <v>46465.25</v>
       </c>
       <c r="C295" s="3">
-        <v>46358.708333333328</v>
+        <v>46465.666666666664</v>
       </c>
       <c t="s" r="D295" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E295" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F295" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G295" s="2">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c t="s" r="H295" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="296" ht="13.5" customHeight="1">
       <c t="s" r="A296" s="2">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="B296" s="3">
-        <v>46358.25</v>
+        <v>46466.25</v>
       </c>
       <c r="C296" s="3">
-        <v>46358.75</v>
+        <v>46466.666666666664</v>
       </c>
       <c t="s" r="D296" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E296" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F296" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G296" s="2">
+        <v>12</v>
+      </c>
+      <c t="s" r="H296" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="297" ht="13.5" customHeight="1">
+      <c t="s" r="A297" s="2">
+        <v>21</v>
+      </c>
+      <c r="B297" s="3">
+        <v>46468.270833333328</v>
+      </c>
+      <c r="C297" s="3">
+        <v>46468.645833333328</v>
+      </c>
+      <c t="s" r="D297" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E297" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F297" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G297" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H297" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="298" ht="13.5" customHeight="1">
+      <c t="s" r="A298" s="2">
         <v>18</v>
       </c>
-      <c t="s" r="H296" s="2">
-[...51 lines deleted...]
-      <c t="s" r="H298" s="4">
+      <c r="B298" s="3">
+        <v>46469.25</v>
+      </c>
+      <c r="C298" s="3">
+        <v>46469.78125</v>
+      </c>
+      <c t="s" r="D298" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E298" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F298" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G298" s="2">
+        <v>20</v>
+      </c>
+      <c t="s" r="H298" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="299" ht="13.5" customHeight="1">
       <c t="s" r="A299" s="2">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="B299" s="3">
-        <v>46360.270833333328</v>
+        <v>46470.270833333328</v>
       </c>
       <c r="C299" s="3">
-        <v>46360.645833333328</v>
+        <v>46470.78125</v>
       </c>
       <c t="s" r="D299" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E299" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F299" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G299" s="2">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c t="s" r="H299" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="300" ht="13.5" customHeight="1">
-      <c t="s" r="A300" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H300" s="4">
+      <c t="s" r="A300" s="2">
+        <v>50</v>
+      </c>
+      <c r="B300" s="3">
+        <v>46471.25</v>
+      </c>
+      <c r="C300" s="3">
+        <v>46471.666666666664</v>
+      </c>
+      <c t="s" r="D300" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E300" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F300" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G300" s="2">
+        <v>12</v>
+      </c>
+      <c t="s" r="H300" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="301" ht="13.5" customHeight="1">
       <c t="s" r="A301" s="2">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="B301" s="3">
-        <v>46361.25</v>
+        <v>46472.270833333328</v>
       </c>
       <c r="C301" s="3">
-        <v>46361.666666666664</v>
+        <v>46472.645833333328</v>
       </c>
       <c t="s" r="D301" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E301" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F301" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G301" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c t="s" r="H301" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="302" ht="13.5" customHeight="1">
       <c t="s" r="A302" s="2">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B302" s="3">
-        <v>46363.270833333328</v>
+        <v>46473.25</v>
       </c>
       <c r="C302" s="3">
-        <v>46363.645833333328</v>
+        <v>46473.708333333328</v>
       </c>
       <c t="s" r="D302" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E302" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F302" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G302" s="2">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c t="s" r="H302" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="303" ht="13.5" customHeight="1">
       <c t="s" r="A303" s="2">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="B303" s="3">
-        <v>46364.270833333328</v>
+        <v>46474.25</v>
       </c>
       <c r="C303" s="3">
-        <v>46364.645833333328</v>
+        <v>46474.666666666664</v>
       </c>
       <c t="s" r="D303" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E303" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F303" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G303" s="2">
         <v>12</v>
       </c>
       <c t="s" r="H303" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="304" ht="13.5" customHeight="1">
       <c t="s" r="A304" s="2">
-        <v>82</v>
+        <v>23</v>
       </c>
       <c r="B304" s="3">
-        <v>46365.25</v>
+        <v>46474.291666666664</v>
       </c>
       <c r="C304" s="3">
-        <v>46365.666666666664</v>
+        <v>46474.770833333328</v>
       </c>
       <c t="s" r="D304" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E304" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F304" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G304" s="2">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c t="s" r="H304" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="305" ht="13.5" customHeight="1">
       <c t="s" r="A305" s="2">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="B305" s="3">
-        <v>46366.291666666664</v>
+        <v>46475.270833333328</v>
       </c>
       <c r="C305" s="3">
-        <v>46366.791666666664</v>
+        <v>46475.645833333328</v>
       </c>
       <c t="s" r="D305" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E305" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F305" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G305" s="2">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c t="s" r="H305" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="306" ht="13.5" customHeight="1">
-      <c t="s" r="A306" s="4">
-[...8 lines deleted...]
-      <c t="s" r="D306" s="4">
+      <c t="s" r="A306" s="2">
         <v>34</v>
       </c>
-      <c t="s" r="E306" s="4">
+      <c r="B306" s="3">
+        <v>46478.25</v>
+      </c>
+      <c r="C306" s="3">
+        <v>46478.666666666664</v>
+      </c>
+      <c t="s" r="D306" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E306" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F306" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G306" s="2">
         <v>35</v>
       </c>
-      <c t="s" r="F306" s="4">
-[...5 lines deleted...]
-      <c t="s" r="H306" s="4">
+      <c t="s" r="H306" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="307" ht="13.5" customHeight="1">
       <c t="s" r="A307" s="2">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="B307" s="3">
-        <v>46367.25</v>
+        <v>46479.25</v>
       </c>
       <c r="C307" s="3">
-        <v>46367.78125</v>
+        <v>46479.78125</v>
       </c>
       <c t="s" r="D307" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E307" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F307" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G307" s="2">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c t="s" r="H307" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="308" ht="13.5" customHeight="1">
       <c t="s" r="A308" s="2">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B308" s="3">
-        <v>46367.270833333328</v>
+        <v>46482.25</v>
       </c>
       <c r="C308" s="3">
-        <v>46367.645833333328</v>
+        <v>46482.78125</v>
       </c>
       <c t="s" r="D308" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E308" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F308" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G308" s="2">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c t="s" r="H308" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="309" ht="13.5" customHeight="1">
       <c t="s" r="A309" s="2">
-        <v>21</v>
+        <v>83</v>
       </c>
       <c r="B309" s="3">
-        <v>46368.25</v>
+        <v>46483.270833333328</v>
       </c>
       <c r="C309" s="3">
-        <v>46368.6875</v>
+        <v>46483.729166666664</v>
       </c>
       <c t="s" r="D309" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E309" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F309" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G309" s="2">
         <v>22</v>
       </c>
       <c t="s" r="H309" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="310" ht="13.5" customHeight="1">
       <c t="s" r="A310" s="2">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B310" s="3">
-        <v>46368.25</v>
+        <v>46484.270833333328</v>
       </c>
       <c r="C310" s="3">
-        <v>46368.666666666664</v>
+        <v>46484.78125</v>
       </c>
       <c t="s" r="D310" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E310" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F310" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G310" s="2">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c t="s" r="H310" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="311" ht="13.5" customHeight="1">
       <c t="s" r="A311" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B311" s="3">
-        <v>46369.270833333328</v>
+        <v>46485.270833333328</v>
       </c>
       <c r="C311" s="3">
-        <v>46369.645833333328</v>
+        <v>46485.645833333328</v>
       </c>
       <c t="s" r="D311" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E311" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F311" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G311" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H311" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="312" ht="13.5" customHeight="1">
       <c t="s" r="A312" s="2">
-        <v>82</v>
+        <v>40</v>
       </c>
       <c r="B312" s="3">
-        <v>46370.25</v>
+        <v>46486.270833333328</v>
       </c>
       <c r="C312" s="3">
-        <v>46370.666666666664</v>
+        <v>46486.78125</v>
       </c>
       <c t="s" r="D312" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E312" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F312" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G312" s="2">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c t="s" r="H312" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="313" ht="13.5" customHeight="1">
       <c t="s" r="A313" s="2">
         <v>14</v>
       </c>
       <c r="B313" s="3">
-        <v>46370.270833333328</v>
+        <v>46486.270833333328</v>
       </c>
       <c r="C313" s="3">
-        <v>46370.666666666664</v>
+        <v>46486.645833333328</v>
       </c>
       <c t="s" r="D313" s="2">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c t="s" r="E313" s="2">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c t="s" r="F313" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G313" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H313" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="314" ht="13.5" customHeight="1">
       <c t="s" r="A314" s="2">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="B314" s="3">
-        <v>46370.291666666664</v>
+        <v>46488.270833333328</v>
       </c>
       <c r="C314" s="3">
-        <v>46370.6875</v>
+        <v>46488.645833333328</v>
       </c>
       <c t="s" r="D314" s="2">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c t="s" r="E314" s="2">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c t="s" r="F314" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G314" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H314" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="315" ht="13.5" customHeight="1">
+      <c t="s" r="A315" s="2">
         <v>18</v>
       </c>
-      <c t="s" r="H314" s="2">
-[...25 lines deleted...]
-      <c t="s" r="H315" s="4">
+      <c r="B315" s="3">
+        <v>46491.25</v>
+      </c>
+      <c r="C315" s="3">
+        <v>46491.78125</v>
+      </c>
+      <c t="s" r="D315" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E315" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F315" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G315" s="2">
+        <v>20</v>
+      </c>
+      <c t="s" r="H315" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="316" ht="13.5" customHeight="1">
       <c t="s" r="A316" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B316" s="3">
-        <v>46373.270833333328</v>
+        <v>46492.270833333328</v>
       </c>
       <c r="C316" s="3">
-        <v>46373.645833333328</v>
+        <v>46492.645833333328</v>
       </c>
       <c t="s" r="D316" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E316" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F316" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G316" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H316" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="317" ht="13.5" customHeight="1">
       <c t="s" r="A317" s="2">
-        <v>84</v>
+        <v>32</v>
       </c>
       <c r="B317" s="3">
-        <v>46374.25</v>
+        <v>46493.270833333328</v>
       </c>
       <c r="C317" s="3">
-        <v>46374.666666666664</v>
+        <v>46493.78125</v>
       </c>
       <c t="s" r="D317" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E317" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F317" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G317" s="2">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c t="s" r="H317" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="318" ht="13.5" customHeight="1">
       <c t="s" r="A318" s="2">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="B318" s="3">
-        <v>46374.270833333328</v>
+        <v>46495.166666666664</v>
       </c>
       <c r="C318" s="3">
-        <v>46374.78125</v>
+        <v>46495.645833333328</v>
       </c>
       <c t="s" r="D318" s="2">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c t="s" r="E318" s="2">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c t="s" r="F318" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G318" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c t="s" r="H318" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="319" ht="13.5" customHeight="1">
       <c t="s" r="A319" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B319" s="3">
-        <v>46374.270833333328</v>
+        <v>46495.270833333328</v>
       </c>
       <c r="C319" s="3">
-        <v>46374.666666666664</v>
+        <v>46495.677083333328</v>
       </c>
       <c t="s" r="D319" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E319" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F319" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G319" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H319" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="320" ht="13.5" customHeight="1">
-      <c t="s" r="A320" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H320" s="4">
+      <c t="s" r="A320" s="2">
+        <v>32</v>
+      </c>
+      <c r="B320" s="3">
+        <v>46497.270833333328</v>
+      </c>
+      <c r="C320" s="3">
+        <v>46497.78125</v>
+      </c>
+      <c t="s" r="D320" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E320" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F320" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G320" s="2">
+        <v>33</v>
+      </c>
+      <c t="s" r="H320" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="321" ht="13.5" customHeight="1">
       <c t="s" r="A321" s="2">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B321" s="3">
-        <v>46375.25</v>
+        <v>46499.270833333328</v>
       </c>
       <c r="C321" s="3">
-        <v>46375.708333333328</v>
+        <v>46499.645833333328</v>
       </c>
       <c t="s" r="D321" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E321" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F321" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G321" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c t="s" r="H321" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="322" ht="13.5" customHeight="1">
       <c t="s" r="A322" s="2">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="B322" s="3">
-        <v>46375.333333333328</v>
+        <v>46500.25</v>
       </c>
       <c r="C322" s="3">
-        <v>46375.791666666664</v>
+        <v>46500.78125</v>
       </c>
       <c t="s" r="D322" s="2">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c t="s" r="E322" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F322" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G322" s="2">
         <v>35</v>
       </c>
-      <c t="s" r="F322" s="2">
-[...4 lines deleted...]
-      </c>
       <c t="s" r="H322" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="323" ht="13.5" customHeight="1">
-      <c t="s" r="A323" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H323" s="4">
+      <c t="s" r="A323" s="2">
+        <v>21</v>
+      </c>
+      <c r="B323" s="3">
+        <v>46502.270833333328</v>
+      </c>
+      <c r="C323" s="3">
+        <v>46502.645833333328</v>
+      </c>
+      <c t="s" r="D323" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E323" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F323" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G323" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H323" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="324" ht="13.5" customHeight="1">
       <c t="s" r="A324" s="2">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="B324" s="3">
-        <v>46376.291666666664</v>
+        <v>46503.270833333328</v>
       </c>
       <c r="C324" s="3">
-        <v>46376.708333333328</v>
+        <v>46503.645833333328</v>
       </c>
       <c t="s" r="D324" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E324" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F324" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G324" s="2">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c t="s" r="H324" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="325" ht="13.5" customHeight="1">
-      <c t="s" r="A325" s="4">
+      <c t="s" r="A325" s="2">
         <v>21</v>
       </c>
-      <c r="B325" s="5">
-[...14 lines deleted...]
-      <c t="s" r="G325" s="4">
+      <c r="B325" s="3">
+        <v>46506.270833333328</v>
+      </c>
+      <c r="C325" s="3">
+        <v>46506.645833333328</v>
+      </c>
+      <c t="s" r="D325" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E325" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F325" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G325" s="2">
         <v>22</v>
       </c>
-      <c t="s" r="H325" s="4">
+      <c t="s" r="H325" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="326" ht="13.5" customHeight="1">
       <c t="s" r="A326" s="2">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="B326" s="3">
-        <v>46378.15625</v>
+        <v>46507.25</v>
       </c>
       <c r="C326" s="3">
-        <v>46378.6875</v>
+        <v>46507.78125</v>
       </c>
       <c t="s" r="D326" s="2">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c t="s" r="E326" s="2">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c t="s" r="F326" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G326" s="2">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c t="s" r="H326" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="327" ht="13.5" customHeight="1">
       <c t="s" r="A327" s="2">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="B327" s="3">
-        <v>46378.25</v>
+        <v>46510.270833333328</v>
       </c>
       <c r="C327" s="3">
-        <v>46378.666666666664</v>
+        <v>46510.645833333328</v>
       </c>
       <c t="s" r="D327" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E327" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F327" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G327" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c t="s" r="H327" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="328" ht="13.5" customHeight="1">
       <c t="s" r="A328" s="2">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="B328" s="3">
-        <v>46379.25</v>
+        <v>46515.270833333328</v>
       </c>
       <c r="C328" s="3">
-        <v>46379.78125</v>
+        <v>46515.645833333328</v>
       </c>
       <c t="s" r="D328" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E328" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F328" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G328" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c t="s" r="H328" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="329" ht="13.5" customHeight="1">
       <c t="s" r="A329" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B329" s="3">
-        <v>46382.270833333328</v>
+        <v>46517.270833333328</v>
       </c>
       <c r="C329" s="3">
-        <v>46382.645833333328</v>
+        <v>46517.645833333328</v>
       </c>
       <c t="s" r="D329" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E329" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F329" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G329" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H329" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="330" ht="13.5" customHeight="1">
       <c t="s" r="A330" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B330" s="3">
-        <v>46383.270833333328</v>
+        <v>46520.270833333328</v>
       </c>
       <c r="C330" s="3">
-        <v>46383.645833333328</v>
+        <v>46520.645833333328</v>
       </c>
       <c t="s" r="D330" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E330" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F330" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G330" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H330" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="331" ht="13.5" customHeight="1">
       <c t="s" r="A331" s="2">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B331" s="3">
-        <v>46384.25</v>
+        <v>46521.270833333328</v>
       </c>
       <c r="C331" s="3">
-        <v>46384.78125</v>
+        <v>46521.645833333328</v>
       </c>
       <c t="s" r="D331" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E331" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F331" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G331" s="2">
         <v>17</v>
       </c>
-      <c t="s" r="G331" s="2">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="H331" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="332" ht="13.5" customHeight="1">
-      <c t="s" r="A332" s="4">
-[...14 lines deleted...]
-      <c t="s" r="F332" s="4">
+      <c t="s" r="A332" s="2">
+        <v>14</v>
+      </c>
+      <c r="B332" s="3">
+        <v>46524.166666666664</v>
+      </c>
+      <c r="C332" s="3">
+        <v>46524.645833333328</v>
+      </c>
+      <c t="s" r="D332" s="2">
+        <v>15</v>
+      </c>
+      <c t="s" r="E332" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F332" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G332" s="2">
         <v>17</v>
       </c>
-      <c t="s" r="G332" s="4">
-[...2 lines deleted...]
-      <c t="s" r="H332" s="4">
+      <c t="s" r="H332" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="333" ht="13.5" customHeight="1">
       <c t="s" r="A333" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B333" s="3">
-        <v>46386.270833333328</v>
+        <v>46524.270833333328</v>
       </c>
       <c r="C333" s="3">
-        <v>46386.645833333328</v>
+        <v>46524.677083333328</v>
       </c>
       <c t="s" r="D333" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E333" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F333" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G333" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H333" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="334" ht="13.5" customHeight="1">
       <c t="s" r="A334" s="2">
         <v>14</v>
       </c>
       <c r="B334" s="3">
-        <v>46386.270833333328</v>
+        <v>46528.270833333328</v>
       </c>
       <c r="C334" s="3">
-        <v>46386.666666666664</v>
+        <v>46528.666666666664</v>
       </c>
       <c t="s" r="D334" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E334" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F334" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G334" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H334" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="335" ht="13.5" customHeight="1">
-      <c t="s" r="A335" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H335" s="6">
+      <c t="s" r="A335" s="2">
+        <v>21</v>
+      </c>
+      <c r="B335" s="3">
+        <v>46533.270833333328</v>
+      </c>
+      <c r="C335" s="3">
+        <v>46533.645833333328</v>
+      </c>
+      <c t="s" r="D335" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E335" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F335" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G335" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H335" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="336" ht="13.5" customHeight="1">
-      <c t="s" r="A336" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H336" s="4">
+      <c t="s" r="A336" s="6">
+        <v>43</v>
+      </c>
+      <c r="B336" s="7">
+        <v>46535.6875</v>
+      </c>
+      <c r="C336" s="7">
+        <v>46535.979166666664</v>
+      </c>
+      <c t="s" r="D336" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E336" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F336" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G336" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H336" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="337" ht="13.5" customHeight="1">
-      <c t="s" r="A337" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H337" s="4">
+      <c t="s" r="A337" s="6">
+        <v>43</v>
+      </c>
+      <c r="B337" s="7">
+        <v>46536.6875</v>
+      </c>
+      <c r="C337" s="7">
+        <v>46536.979166666664</v>
+      </c>
+      <c t="s" r="D337" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E337" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F337" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G337" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H337" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="338" ht="13.5" customHeight="1">
-      <c t="s" r="A338" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H338" s="2">
+      <c t="s" r="A338" s="6">
+        <v>43</v>
+      </c>
+      <c r="B338" s="7">
+        <v>46537.6875</v>
+      </c>
+      <c r="C338" s="7">
+        <v>46537.979166666664</v>
+      </c>
+      <c t="s" r="D338" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E338" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F338" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G338" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H338" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="339" ht="13.5" customHeight="1">
-      <c t="s" r="A339" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H339" s="2">
+      <c t="s" r="A339" s="6">
+        <v>43</v>
+      </c>
+      <c r="B339" s="7">
+        <v>46538.6875</v>
+      </c>
+      <c r="C339" s="7">
+        <v>46538.979166666664</v>
+      </c>
+      <c t="s" r="D339" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E339" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F339" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G339" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H339" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="340" ht="13.5" customHeight="1">
-      <c t="s" r="A340" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H340" s="2">
+      <c t="s" r="A340" s="6">
+        <v>43</v>
+      </c>
+      <c r="B340" s="7">
+        <v>46539.6875</v>
+      </c>
+      <c r="C340" s="7">
+        <v>46539.979166666664</v>
+      </c>
+      <c t="s" r="D340" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E340" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F340" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G340" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H340" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="341" ht="13.5" customHeight="1">
-      <c t="s" r="A341" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H341" s="2">
+      <c t="s" r="A341" s="6">
+        <v>43</v>
+      </c>
+      <c r="B341" s="7">
+        <v>46540.6875</v>
+      </c>
+      <c r="C341" s="7">
+        <v>46540.979166666664</v>
+      </c>
+      <c t="s" r="D341" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E341" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F341" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G341" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H341" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="342" ht="13.5" customHeight="1">
       <c t="s" r="A342" s="2">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="B342" s="3">
-        <v>46393.25</v>
+        <v>46541.25</v>
       </c>
       <c r="C342" s="3">
-        <v>46393.78125</v>
+        <v>46541.666666666664</v>
       </c>
       <c t="s" r="D342" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E342" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F342" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G342" s="2">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c t="s" r="H342" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="343" ht="13.5" customHeight="1">
-      <c t="s" r="A343" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H343" s="2">
+      <c t="s" r="A343" s="6">
+        <v>43</v>
+      </c>
+      <c r="B343" s="7">
+        <v>46541.6875</v>
+      </c>
+      <c r="C343" s="7">
+        <v>46541.979166666664</v>
+      </c>
+      <c t="s" r="D343" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E343" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F343" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G343" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H343" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="344" ht="13.5" customHeight="1">
-      <c t="s" r="A344" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H344" s="4">
+      <c t="s" r="A344" s="2">
+        <v>21</v>
+      </c>
+      <c r="B344" s="3">
+        <v>46542.270833333328</v>
+      </c>
+      <c r="C344" s="3">
+        <v>46542.645833333328</v>
+      </c>
+      <c t="s" r="D344" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E344" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F344" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G344" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H344" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="345" ht="13.5" customHeight="1">
-      <c t="s" r="A345" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H345" s="2">
+      <c t="s" r="A345" s="6">
+        <v>43</v>
+      </c>
+      <c r="B345" s="7">
+        <v>46542.6875</v>
+      </c>
+      <c r="C345" s="7">
+        <v>46542.979166666664</v>
+      </c>
+      <c t="s" r="D345" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E345" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F345" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G345" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H345" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="346" ht="13.5" customHeight="1">
-      <c t="s" r="A346" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H346" s="2">
+      <c t="s" r="A346" s="6">
+        <v>43</v>
+      </c>
+      <c r="B346" s="7">
+        <v>46543.6875</v>
+      </c>
+      <c r="C346" s="7">
+        <v>46543.979166666664</v>
+      </c>
+      <c t="s" r="D346" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E346" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F346" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G346" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H346" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="347" ht="13.5" customHeight="1">
-      <c t="s" r="A347" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H347" s="4">
+      <c t="s" r="A347" s="6">
+        <v>43</v>
+      </c>
+      <c r="B347" s="7">
+        <v>46544.6875</v>
+      </c>
+      <c r="C347" s="7">
+        <v>46544.979166666664</v>
+      </c>
+      <c t="s" r="D347" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E347" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F347" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G347" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H347" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="348" ht="13.5" customHeight="1">
       <c t="s" r="A348" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B348" s="3">
-        <v>46400.270833333328</v>
+        <v>46545.270833333328</v>
       </c>
       <c r="C348" s="3">
-        <v>46400.645833333328</v>
+        <v>46545.645833333328</v>
       </c>
       <c t="s" r="D348" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E348" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F348" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G348" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H348" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="349" ht="13.5" customHeight="1">
-      <c t="s" r="A349" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H349" s="2">
+      <c t="s" r="A349" s="6">
+        <v>43</v>
+      </c>
+      <c r="B349" s="7">
+        <v>46545.6875</v>
+      </c>
+      <c r="C349" s="7">
+        <v>46545.979166666664</v>
+      </c>
+      <c t="s" r="D349" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E349" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F349" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G349" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H349" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="350" ht="13.5" customHeight="1">
-      <c t="s" r="A350" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H350" s="2">
+      <c t="s" r="A350" s="6">
+        <v>43</v>
+      </c>
+      <c r="B350" s="7">
+        <v>46546.6875</v>
+      </c>
+      <c r="C350" s="7">
+        <v>46546.979166666664</v>
+      </c>
+      <c t="s" r="D350" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E350" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F350" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G350" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H350" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="351" ht="13.5" customHeight="1">
-      <c t="s" r="A351" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H351" s="2">
+      <c t="s" r="A351" s="6">
+        <v>43</v>
+      </c>
+      <c r="B351" s="7">
+        <v>46547.6875</v>
+      </c>
+      <c r="C351" s="7">
+        <v>46547.979166666664</v>
+      </c>
+      <c t="s" r="D351" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E351" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F351" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G351" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H351" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="352" ht="13.5" customHeight="1">
-      <c t="s" r="A352" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H352" s="4">
+      <c t="s" r="A352" s="6">
+        <v>43</v>
+      </c>
+      <c r="B352" s="7">
+        <v>46548.6875</v>
+      </c>
+      <c r="C352" s="7">
+        <v>46548.979166666664</v>
+      </c>
+      <c t="s" r="D352" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E352" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F352" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G352" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H352" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="353" ht="13.5" customHeight="1">
-      <c t="s" r="A353" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H353" s="2">
+      <c t="s" r="A353" s="6">
+        <v>43</v>
+      </c>
+      <c r="B353" s="7">
+        <v>46549.6875</v>
+      </c>
+      <c r="C353" s="7">
+        <v>46549.979166666664</v>
+      </c>
+      <c t="s" r="D353" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E353" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F353" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G353" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H353" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="354" ht="13.5" customHeight="1">
-      <c t="s" r="A354" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H354" s="2">
+      <c t="s" r="A354" s="6">
+        <v>43</v>
+      </c>
+      <c r="B354" s="7">
+        <v>46550.6875</v>
+      </c>
+      <c r="C354" s="7">
+        <v>46550.999305555553</v>
+      </c>
+      <c t="s" r="D354" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E354" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F354" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G354" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H354" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="355" ht="13.5" customHeight="1">
-      <c t="s" r="A355" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H355" s="2">
+      <c t="s" r="A355" s="6">
+        <v>43</v>
+      </c>
+      <c r="B355" s="7">
+        <v>46551.6875</v>
+      </c>
+      <c r="C355" s="7">
+        <v>46551.999305555553</v>
+      </c>
+      <c t="s" r="D355" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E355" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F355" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G355" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H355" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="356" ht="13.5" customHeight="1">
-      <c t="s" r="A356" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H356" s="2">
+      <c t="s" r="A356" s="6">
+        <v>43</v>
+      </c>
+      <c r="B356" s="7">
+        <v>46552.6875</v>
+      </c>
+      <c r="C356" s="7">
+        <v>46552.999305555553</v>
+      </c>
+      <c t="s" r="D356" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E356" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F356" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G356" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H356" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="357" ht="13.5" customHeight="1">
-      <c t="s" r="A357" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H357" s="2">
+      <c t="s" r="A357" s="6">
+        <v>43</v>
+      </c>
+      <c r="B357" s="7">
+        <v>46553.6875</v>
+      </c>
+      <c r="C357" s="7">
+        <v>46553.999305555553</v>
+      </c>
+      <c t="s" r="D357" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E357" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F357" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G357" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H357" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="358" ht="13.5" customHeight="1">
       <c t="s" r="A358" s="2">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="B358" s="3">
-        <v>46409.291666666664</v>
+        <v>46554.270833333328</v>
       </c>
       <c r="C358" s="3">
-        <v>46409.75</v>
+        <v>46554.645833333328</v>
       </c>
       <c t="s" r="D358" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E358" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F358" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G358" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c t="s" r="H358" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="359" ht="13.5" customHeight="1">
-      <c t="s" r="A359" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H359" s="2">
+      <c t="s" r="A359" s="6">
+        <v>43</v>
+      </c>
+      <c r="B359" s="7">
+        <v>46554.6875</v>
+      </c>
+      <c r="C359" s="7">
+        <v>46554.999305555553</v>
+      </c>
+      <c t="s" r="D359" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E359" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F359" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G359" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H359" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="360" ht="13.5" customHeight="1">
       <c t="s" r="A360" s="2">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="B360" s="3">
-        <v>46411.25</v>
+        <v>46555.25</v>
       </c>
       <c r="C360" s="3">
-        <v>46411.708333333328</v>
+        <v>46555.666666666664</v>
       </c>
       <c t="s" r="D360" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E360" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F360" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G360" s="2">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c t="s" r="H360" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="361" ht="13.5" customHeight="1">
-      <c t="s" r="A361" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H361" s="2">
+      <c t="s" r="A361" s="6">
+        <v>43</v>
+      </c>
+      <c r="B361" s="7">
+        <v>46555.6875</v>
+      </c>
+      <c r="C361" s="7">
+        <v>46555.999305555553</v>
+      </c>
+      <c t="s" r="D361" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E361" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F361" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G361" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H361" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="362" ht="13.5" customHeight="1">
       <c t="s" r="A362" s="6">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="B362" s="7">
-        <v>46412.6875</v>
+        <v>46556.6875</v>
       </c>
       <c r="C362" s="7">
-        <v>46414.166666666664</v>
+        <v>46556.999305555553</v>
       </c>
       <c t="s" r="D362" s="6">
         <v>9</v>
       </c>
       <c t="s" r="E362" s="6">
         <v>10</v>
       </c>
       <c t="s" r="F362" s="6">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c t="s" r="G362" s="6">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c t="s" r="H362" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="363" ht="13.5" customHeight="1">
-      <c t="s" r="A363" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H363" s="2">
+      <c t="s" r="A363" s="6">
+        <v>43</v>
+      </c>
+      <c r="B363" s="7">
+        <v>46557.6875</v>
+      </c>
+      <c r="C363" s="7">
+        <v>46557.999305555553</v>
+      </c>
+      <c t="s" r="D363" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E363" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F363" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G363" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H363" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="364" ht="13.5" customHeight="1">
       <c t="s" r="A364" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B364" s="3">
-        <v>46414.270833333328</v>
+        <v>46558.270833333328</v>
       </c>
       <c r="C364" s="3">
-        <v>46414.666666666664</v>
+        <v>46558.645833333328</v>
       </c>
       <c t="s" r="D364" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E364" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F364" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G364" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H364" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="365" ht="13.5" customHeight="1">
       <c t="s" r="A365" s="2">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="B365" s="3">
-        <v>46415.270833333328</v>
+        <v>46562.270833333328</v>
       </c>
       <c r="C365" s="3">
-        <v>46415.78125</v>
+        <v>46562.645833333328</v>
       </c>
       <c t="s" r="D365" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E365" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F365" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G365" s="2">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c t="s" r="H365" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="366" ht="13.5" customHeight="1">
       <c t="s" r="A366" s="2">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="B366" s="3">
-        <v>46416.25</v>
+        <v>46565.270833333328</v>
       </c>
       <c r="C366" s="3">
-        <v>46416.999305555553</v>
+        <v>46565.645833333328</v>
       </c>
       <c t="s" r="D366" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E366" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F366" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G366" s="2">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c t="s" r="H366" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="367" ht="13.5" customHeight="1">
       <c t="s" r="A367" s="2">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="B367" s="3">
-        <v>46417.000694444439</v>
+        <v>46569.270833333328</v>
       </c>
       <c r="C367" s="3">
-        <v>46417.75</v>
+        <v>46569.645833333328</v>
       </c>
       <c t="s" r="D367" s="2">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c t="s" r="E367" s="2">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c t="s" r="F367" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G367" s="2">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c t="s" r="H367" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="368" ht="13.5" customHeight="1">
       <c t="s" r="A368" s="2">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="B368" s="3">
-        <v>46417.25</v>
+        <v>46572.270833333328</v>
       </c>
       <c r="C368" s="3">
-        <v>46417.666666666664</v>
+        <v>46572.645833333328</v>
       </c>
       <c t="s" r="D368" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E368" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F368" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G368" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c t="s" r="H368" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="369" ht="13.5" customHeight="1">
       <c t="s" r="A369" s="2">
-        <v>87</v>
+        <v>38</v>
       </c>
       <c r="B369" s="3">
-        <v>46417.291666666664</v>
+        <v>46581.291666666664</v>
       </c>
       <c r="C369" s="3">
-        <v>46417.958333333328</v>
+        <v>46581.708333333328</v>
       </c>
       <c t="s" r="D369" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E369" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F369" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G369" s="2">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c t="s" r="H369" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="370" ht="13.5" customHeight="1">
-      <c t="s" r="A370" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H370" s="4">
+      <c t="s" r="A370" s="2">
+        <v>21</v>
+      </c>
+      <c r="B370" s="3">
+        <v>46582.270833333328</v>
+      </c>
+      <c r="C370" s="3">
+        <v>46582.645833333328</v>
+      </c>
+      <c t="s" r="D370" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E370" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F370" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G370" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H370" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="371" ht="13.5" customHeight="1">
       <c t="s" r="A371" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B371" s="3">
-        <v>46418.270833333328</v>
+        <v>46586.270833333328</v>
       </c>
       <c r="C371" s="3">
-        <v>46418.645833333328</v>
+        <v>46586.645833333328</v>
       </c>
       <c t="s" r="D371" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E371" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F371" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G371" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H371" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="372" ht="13.5" customHeight="1">
-      <c t="s" r="A372" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H372" s="2">
+      <c t="s" r="A372" s="6">
+        <v>43</v>
+      </c>
+      <c r="B372" s="7">
+        <v>46593.166666666664</v>
+      </c>
+      <c r="C372" s="7">
+        <v>46593.666666666664</v>
+      </c>
+      <c t="s" r="D372" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E372" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F372" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G372" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H372" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="373" ht="13.5" customHeight="1">
       <c t="s" r="A373" s="2">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B373" s="3">
-        <v>46419.25</v>
+        <v>46595.270833333328</v>
       </c>
       <c r="C373" s="3">
-        <v>46419.78125</v>
+        <v>46595.645833333328</v>
       </c>
       <c t="s" r="D373" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E373" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F373" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G373" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c t="s" r="H373" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="374" ht="13.5" customHeight="1">
       <c t="s" r="A374" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B374" s="3">
-        <v>46422.270833333328</v>
+        <v>46599.270833333328</v>
       </c>
       <c r="C374" s="3">
-        <v>46422.645833333328</v>
+        <v>46599.645833333328</v>
       </c>
       <c t="s" r="D374" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E374" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F374" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G374" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H374" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="375" ht="13.5" customHeight="1">
       <c t="s" r="A375" s="2">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="B375" s="3">
-        <v>46423.25</v>
+        <v>46601.270833333328</v>
       </c>
       <c r="C375" s="3">
-        <v>46423.78125</v>
+        <v>46601.645833333328</v>
       </c>
       <c t="s" r="D375" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E375" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F375" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G375" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c t="s" r="H375" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="376" ht="13.5" customHeight="1">
       <c t="s" r="A376" s="2">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B376" s="3">
-        <v>46424.270833333328</v>
+        <v>46605.270833333328</v>
       </c>
       <c r="C376" s="3">
-        <v>46424.708333333328</v>
+        <v>46605.645833333328</v>
       </c>
       <c t="s" r="D376" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E376" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F376" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G376" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c t="s" r="H376" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="377" ht="13.5" customHeight="1">
       <c t="s" r="A377" s="2">
-        <v>84</v>
+        <v>14</v>
       </c>
       <c r="B377" s="3">
-        <v>46425.25</v>
+        <v>46608.270833333328</v>
       </c>
       <c r="C377" s="3">
-        <v>46425.666666666664</v>
+        <v>46608.645833333328</v>
       </c>
       <c t="s" r="D377" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E377" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F377" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G377" s="2">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c t="s" r="H377" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="378" ht="13.5" customHeight="1">
       <c t="s" r="A378" s="2">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B378" s="3">
-        <v>46425.291666666664</v>
+        <v>46612.270833333328</v>
       </c>
       <c r="C378" s="3">
-        <v>46425.708333333328</v>
+        <v>46612.645833333328</v>
       </c>
       <c t="s" r="D378" s="2">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c t="s" r="E378" s="2">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c t="s" r="F378" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G378" s="2">
         <v>17</v>
       </c>
-      <c t="s" r="G378" s="2">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="H378" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="379" ht="13.5" customHeight="1">
-      <c t="s" r="A379" s="4">
-[...14 lines deleted...]
-      <c t="s" r="F379" s="4">
+      <c t="s" r="A379" s="2">
+        <v>14</v>
+      </c>
+      <c r="B379" s="3">
+        <v>46620.270833333328</v>
+      </c>
+      <c r="C379" s="3">
+        <v>46620.645833333328</v>
+      </c>
+      <c t="s" r="D379" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E379" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F379" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G379" s="2">
         <v>17</v>
       </c>
-      <c t="s" r="G379" s="4">
-[...2 lines deleted...]
-      <c t="s" r="H379" s="4">
+      <c t="s" r="H379" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="380" ht="13.5" customHeight="1">
-      <c t="s" r="A380" s="4">
-[...14 lines deleted...]
-      <c t="s" r="F380" s="4">
+      <c t="s" r="A380" s="2">
+        <v>14</v>
+      </c>
+      <c r="B380" s="3">
+        <v>46623.270833333328</v>
+      </c>
+      <c r="C380" s="3">
+        <v>46623.645833333328</v>
+      </c>
+      <c t="s" r="D380" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E380" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F380" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G380" s="2">
         <v>17</v>
       </c>
-      <c t="s" r="G380" s="4">
-[...2 lines deleted...]
-      <c t="s" r="H380" s="4">
+      <c t="s" r="H380" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="381" ht="13.5" customHeight="1">
-      <c t="s" r="A381" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H381" s="4">
+      <c t="s" r="A381" s="6">
+        <v>43</v>
+      </c>
+      <c r="B381" s="7">
+        <v>46628.166666666664</v>
+      </c>
+      <c r="C381" s="7">
+        <v>46628.666666666664</v>
+      </c>
+      <c t="s" r="D381" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E381" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F381" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G381" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H381" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="382" ht="13.5" customHeight="1">
       <c t="s" r="A382" s="2">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B382" s="3">
-        <v>46430.25</v>
+        <v>46632.270833333328</v>
       </c>
       <c r="C382" s="3">
-        <v>46430.78125</v>
+        <v>46632.645833333328</v>
       </c>
       <c t="s" r="D382" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E382" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F382" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G382" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c t="s" r="H382" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="383" ht="13.5" customHeight="1">
       <c t="s" r="A383" s="2">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B383" s="3">
-        <v>46431.270833333328</v>
+        <v>46634.25</v>
       </c>
       <c r="C383" s="3">
-        <v>46431.645833333328</v>
+        <v>46634.75</v>
       </c>
       <c t="s" r="D383" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E383" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F383" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G383" s="2">
         <v>12</v>
       </c>
       <c t="s" r="H383" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="384" ht="13.5" customHeight="1">
-      <c t="s" r="A384" s="4">
-[...14 lines deleted...]
-      <c t="s" r="F384" s="4">
+      <c t="s" r="A384" s="2">
+        <v>14</v>
+      </c>
+      <c r="B384" s="3">
+        <v>46635.270833333328</v>
+      </c>
+      <c r="C384" s="3">
+        <v>46635.645833333328</v>
+      </c>
+      <c t="s" r="D384" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E384" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F384" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G384" s="2">
         <v>17</v>
       </c>
-      <c t="s" r="G384" s="4">
-[...2 lines deleted...]
-      <c t="s" r="H384" s="4">
+      <c t="s" r="H384" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="385" ht="13.5" customHeight="1">
       <c t="s" r="A385" s="2">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="B385" s="3">
-        <v>46432.291666666664</v>
+        <v>46647.270833333328</v>
       </c>
       <c r="C385" s="3">
-        <v>46432.791666666664</v>
+        <v>46647.645833333328</v>
       </c>
       <c t="s" r="D385" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E385" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F385" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G385" s="2">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c t="s" r="H385" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="386" ht="13.5" customHeight="1">
       <c t="s" r="A386" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B386" s="3">
-        <v>46433.270833333328</v>
+        <v>46649.270833333328</v>
       </c>
       <c r="C386" s="3">
-        <v>46433.645833333328</v>
+        <v>46649.645833333328</v>
       </c>
       <c t="s" r="D386" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E386" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F386" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G386" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H386" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="387" ht="13.5" customHeight="1">
-      <c t="s" r="A387" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H387" s="2">
+      <c t="s" r="A387" s="4">
+        <v>38</v>
+      </c>
+      <c r="B387" s="5">
+        <v>46649.291666666664</v>
+      </c>
+      <c r="C387" s="5">
+        <v>46650.708333333328</v>
+      </c>
+      <c t="s" r="D387" s="4">
+        <v>15</v>
+      </c>
+      <c t="s" r="E387" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F387" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G387" s="4">
+        <v>39</v>
+      </c>
+      <c t="s" r="H387" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="388" ht="13.5" customHeight="1">
       <c t="s" r="A388" s="2">
-        <v>89</v>
+        <v>21</v>
       </c>
       <c r="B388" s="3">
-        <v>46435.25</v>
+        <v>46650.270833333328</v>
       </c>
       <c r="C388" s="3">
-        <v>46435.708333333328</v>
+        <v>46650.645833333328</v>
       </c>
       <c t="s" r="D388" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E388" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F388" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G388" s="2">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c t="s" r="H388" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="389" ht="13.5" customHeight="1">
       <c t="s" r="A389" s="2">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B389" s="3">
-        <v>46436.270833333328</v>
+        <v>46653.270833333328</v>
       </c>
       <c r="C389" s="3">
-        <v>46436.78125</v>
+        <v>46653.645833333328</v>
       </c>
       <c t="s" r="D389" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E389" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F389" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G389" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c t="s" r="H389" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="390" ht="13.5" customHeight="1">
       <c t="s" r="A390" s="2">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="B390" s="3">
-        <v>46437.270833333328</v>
+        <v>46654.270833333328</v>
       </c>
       <c r="C390" s="3">
-        <v>46437.999305555553</v>
+        <v>46654.645833333328</v>
       </c>
       <c t="s" r="D390" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E390" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F390" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G390" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H390" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="391" ht="13.5" customHeight="1">
       <c t="s" r="A391" s="2">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="B391" s="3">
-        <v>46438.000694444439</v>
+        <v>46657.270833333328</v>
       </c>
       <c r="C391" s="3">
-        <v>46438.791666666664</v>
+        <v>46657.645833333328</v>
       </c>
       <c t="s" r="D391" s="2">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c t="s" r="E391" s="2">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c t="s" r="F391" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G391" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H391" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="392" ht="13.5" customHeight="1">
       <c t="s" r="A392" s="2">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="B392" s="3">
-        <v>46438.25</v>
+        <v>46661.270833333328</v>
       </c>
       <c r="C392" s="3">
-        <v>46438.666666666664</v>
+        <v>46661.645833333328</v>
       </c>
       <c t="s" r="D392" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E392" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F392" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G392" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c t="s" r="H392" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="393" ht="13.5" customHeight="1">
       <c t="s" r="A393" s="2">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B393" s="3">
-        <v>46439.25</v>
+        <v>46662.270833333328</v>
       </c>
       <c r="C393" s="3">
-        <v>46439.708333333328</v>
+        <v>46662.645833333328</v>
       </c>
       <c t="s" r="D393" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E393" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F393" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G393" s="2">
         <v>17</v>
       </c>
-      <c t="s" r="G393" s="2">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="H393" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="394" ht="13.5" customHeight="1">
-      <c t="s" r="A394" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H394" s="4">
+      <c t="s" r="A394" s="2">
+        <v>21</v>
+      </c>
+      <c r="B394" s="3">
+        <v>46664.270833333328</v>
+      </c>
+      <c r="C394" s="3">
+        <v>46664.645833333328</v>
+      </c>
+      <c t="s" r="D394" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E394" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F394" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G394" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H394" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="395" ht="13.5" customHeight="1">
-      <c t="s" r="A395" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H395" s="4">
+      <c t="s" r="A395" s="2">
+        <v>21</v>
+      </c>
+      <c r="B395" s="3">
+        <v>46668.270833333328</v>
+      </c>
+      <c r="C395" s="3">
+        <v>46668.645833333328</v>
+      </c>
+      <c t="s" r="D395" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E395" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F395" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G395" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H395" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="396" ht="13.5" customHeight="1">
       <c t="s" r="A396" s="2">
-        <v>93</v>
+        <v>46</v>
       </c>
       <c r="B396" s="3">
-        <v>46442.270833333328</v>
+        <v>46669.25</v>
       </c>
       <c r="C396" s="3">
-        <v>46442.999305555553</v>
+        <v>46669.666666666664</v>
       </c>
       <c t="s" r="D396" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E396" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F396" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G396" s="2">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c t="s" r="H396" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="397" ht="13.5" customHeight="1">
       <c t="s" r="A397" s="2">
-        <v>93</v>
+        <v>14</v>
       </c>
       <c r="B397" s="3">
-        <v>46443.000694444439</v>
+        <v>46670.270833333328</v>
       </c>
       <c r="C397" s="3">
-        <v>46443.791666666664</v>
+        <v>46670.645833333328</v>
       </c>
       <c t="s" r="D397" s="2">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c t="s" r="E397" s="2">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c t="s" r="F397" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G397" s="2">
-        <v>74</v>
+        <v>17</v>
       </c>
       <c t="s" r="H397" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="398" ht="13.5" customHeight="1">
       <c t="s" r="A398" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B398" s="3">
-        <v>46443.270833333328</v>
+        <v>46672.270833333328</v>
       </c>
       <c r="C398" s="3">
-        <v>46443.645833333328</v>
+        <v>46672.645833333328</v>
       </c>
       <c t="s" r="D398" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E398" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F398" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G398" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H398" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="399" ht="13.5" customHeight="1">
       <c t="s" r="A399" s="2">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="B399" s="3">
-        <v>46444.270833333328</v>
+        <v>46674.270833333328</v>
       </c>
       <c r="C399" s="3">
-        <v>46444.916666666664</v>
+        <v>46674.645833333328</v>
       </c>
       <c t="s" r="D399" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E399" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F399" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G399" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c t="s" r="H399" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="400" ht="13.5" customHeight="1">
       <c t="s" r="A400" s="2">
-        <v>67</v>
+        <v>40</v>
       </c>
       <c r="B400" s="3">
-        <v>46445.25</v>
+        <v>46677.270833333328</v>
       </c>
       <c r="C400" s="3">
-        <v>46445.875</v>
+        <v>46677.708333333328</v>
       </c>
       <c t="s" r="D400" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E400" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F400" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G400" s="2">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c t="s" r="H400" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="401" ht="13.5" customHeight="1">
       <c t="s" r="A401" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B401" s="3">
-        <v>46446.270833333328</v>
+        <v>46678.270833333328</v>
       </c>
       <c r="C401" s="3">
-        <v>46446.645833333328</v>
+        <v>46678.645833333328</v>
       </c>
       <c t="s" r="D401" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E401" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F401" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G401" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H401" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="402" ht="13.5" customHeight="1">
       <c t="s" r="A402" s="2">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="B402" s="3">
-        <v>46446.291666666664</v>
+        <v>46680.25</v>
       </c>
       <c r="C402" s="3">
-        <v>46446.770833333328</v>
+        <v>46680.78125</v>
       </c>
       <c t="s" r="D402" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E402" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F402" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G402" s="2">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c t="s" r="H402" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="403" ht="13.5" customHeight="1">
       <c t="s" r="A403" s="2">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B403" s="3">
-        <v>46447.25</v>
+        <v>46682.270833333328</v>
       </c>
       <c r="C403" s="3">
-        <v>46447.78125</v>
+        <v>46682.645833333328</v>
       </c>
       <c t="s" r="D403" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E403" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F403" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G403" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c t="s" r="H403" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="404" ht="13.5" customHeight="1">
       <c t="s" r="A404" s="2">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="B404" s="3">
-        <v>46448.270833333328</v>
+        <v>46683.25</v>
       </c>
       <c r="C404" s="3">
-        <v>46448.78125</v>
+        <v>46683.666666666664</v>
       </c>
       <c t="s" r="D404" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E404" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F404" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G404" s="2">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c t="s" r="H404" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="405" ht="13.5" customHeight="1">
       <c t="s" r="A405" s="2">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B405" s="3">
-        <v>46451.25</v>
+        <v>46683.270833333328</v>
       </c>
       <c r="C405" s="3">
-        <v>46451.78125</v>
+        <v>46683.645833333328</v>
       </c>
       <c t="s" r="D405" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E405" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F405" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G405" s="2">
         <v>17</v>
       </c>
-      <c t="s" r="G405" s="2">
+      <c t="s" r="H405" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="406" ht="13.5" customHeight="1">
+      <c t="s" r="A406" s="2">
+        <v>18</v>
+      </c>
+      <c r="B406" s="3">
+        <v>46684.270833333328</v>
+      </c>
+      <c r="C406" s="3">
+        <v>46684.708333333328</v>
+      </c>
+      <c t="s" r="D406" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E406" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F406" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G406" s="2">
         <v>20</v>
       </c>
-      <c t="s" r="H405" s="2">
-[...4 lines deleted...]
-      <c t="s" r="A406" s="4">
+      <c t="s" r="H406" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="407" ht="13.5" customHeight="1">
+      <c t="s" r="A407" s="2">
+        <v>84</v>
+      </c>
+      <c r="B407" s="3">
+        <v>46684.291666666664</v>
+      </c>
+      <c r="C407" s="3">
+        <v>46684.770833333328</v>
+      </c>
+      <c t="s" r="D407" s="2">
+        <v>15</v>
+      </c>
+      <c t="s" r="E407" s="2">
         <v>16</v>
       </c>
-      <c r="B406" s="5">
-[...31 lines deleted...]
-      <c t="s" r="D407" s="4">
+      <c t="s" r="F407" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G407" s="2">
         <v>26</v>
       </c>
-      <c t="s" r="E407" s="4">
-[...8 lines deleted...]
-      <c t="s" r="H407" s="4">
+      <c t="s" r="H407" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="408" ht="13.5" customHeight="1">
       <c t="s" r="A408" s="2">
-        <v>8</v>
+        <v>85</v>
       </c>
       <c r="B408" s="3">
-        <v>46455.270833333328</v>
+        <v>46686.25</v>
       </c>
       <c r="C408" s="3">
-        <v>46455.645833333328</v>
+        <v>46686.666666666664</v>
       </c>
       <c t="s" r="D408" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E408" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F408" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G408" s="2">
         <v>12</v>
       </c>
       <c t="s" r="H408" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="409" ht="13.5" customHeight="1">
-      <c t="s" r="A409" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H409" s="4">
+      <c t="s" r="A409" s="2">
+        <v>14</v>
+      </c>
+      <c r="B409" s="3">
+        <v>46686.270833333328</v>
+      </c>
+      <c r="C409" s="3">
+        <v>46686.645833333328</v>
+      </c>
+      <c t="s" r="D409" s="2">
+        <v>15</v>
+      </c>
+      <c t="s" r="E409" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F409" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G409" s="2">
+        <v>17</v>
+      </c>
+      <c t="s" r="H409" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="410" ht="13.5" customHeight="1">
       <c t="s" r="A410" s="2">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="B410" s="3">
-        <v>46456.25</v>
+        <v>46687.270833333328</v>
       </c>
       <c r="C410" s="3">
-        <v>46456.666666666664</v>
+        <v>46687.666666666664</v>
       </c>
       <c t="s" r="D410" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E410" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F410" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G410" s="2">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c t="s" r="H410" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="411" ht="13.5" customHeight="1">
-      <c t="s" r="A411" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H411" s="4">
+      <c t="s" r="A411" s="2">
+        <v>32</v>
+      </c>
+      <c r="B411" s="3">
+        <v>46688.270833333328</v>
+      </c>
+      <c r="C411" s="3">
+        <v>46688.666666666664</v>
+      </c>
+      <c t="s" r="D411" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E411" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F411" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G411" s="2">
+        <v>33</v>
+      </c>
+      <c t="s" r="H411" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="412" ht="13.5" customHeight="1">
       <c t="s" r="A412" s="2">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="B412" s="3">
-        <v>46459.270833333328</v>
+        <v>46689.270833333328</v>
       </c>
       <c r="C412" s="3">
-        <v>46459.708333333328</v>
+        <v>46689.666666666664</v>
       </c>
       <c t="s" r="D412" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E412" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F412" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G412" s="2">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c t="s" r="H412" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="413" ht="13.5" customHeight="1">
-      <c t="s" r="A413" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H413" s="4">
+      <c t="s" r="A413" s="2">
+        <v>50</v>
+      </c>
+      <c r="B413" s="3">
+        <v>46690.25</v>
+      </c>
+      <c r="C413" s="3">
+        <v>46690.666666666664</v>
+      </c>
+      <c t="s" r="D413" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E413" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F413" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G413" s="2">
+        <v>12</v>
+      </c>
+      <c t="s" r="H413" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="414" ht="13.5" customHeight="1">
       <c t="s" r="A414" s="2">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B414" s="3">
-        <v>46460.25</v>
+        <v>46690.270833333328</v>
       </c>
       <c r="C414" s="3">
-        <v>46460.708333333328</v>
+        <v>46690.645833333328</v>
       </c>
       <c t="s" r="D414" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E414" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F414" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G414" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c t="s" r="H414" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="415" ht="13.5" customHeight="1">
       <c t="s" r="A415" s="2">
-        <v>65</v>
+        <v>21</v>
       </c>
       <c r="B415" s="3">
-        <v>46461.333333333328</v>
+        <v>46691.270833333328</v>
       </c>
       <c r="C415" s="3">
-        <v>46461.958333333328</v>
+        <v>46691.645833333328</v>
       </c>
       <c t="s" r="D415" s="2">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c t="s" r="E415" s="2">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c t="s" r="F415" s="2">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c t="s" r="G415" s="2">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c t="s" r="H415" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="416" ht="13.5" customHeight="1">
-      <c t="s" r="A416" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H416" s="4">
+      <c t="s" r="A416" s="2">
+        <v>40</v>
+      </c>
+      <c r="B416" s="3">
+        <v>46693.25</v>
+      </c>
+      <c r="C416" s="3">
+        <v>46693.666666666664</v>
+      </c>
+      <c t="s" r="D416" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E416" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F416" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G416" s="2">
+        <v>33</v>
+      </c>
+      <c t="s" r="H416" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="417" ht="13.5" customHeight="1">
-      <c t="s" r="A417" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H417" s="4">
+      <c t="s" r="A417" s="2">
+        <v>18</v>
+      </c>
+      <c r="B417" s="3">
+        <v>46696.270833333328</v>
+      </c>
+      <c r="C417" s="3">
+        <v>46696.666666666664</v>
+      </c>
+      <c t="s" r="D417" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E417" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F417" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G417" s="2">
+        <v>20</v>
+      </c>
+      <c t="s" r="H417" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="418" ht="13.5" customHeight="1">
       <c t="s" r="A418" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B418" s="3">
-        <v>46464.270833333328</v>
+        <v>46696.270833333328</v>
       </c>
       <c r="C418" s="3">
-        <v>46464.645833333328</v>
+        <v>46696.645833333328</v>
       </c>
       <c t="s" r="D418" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E418" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F418" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G418" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H418" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="419" ht="13.5" customHeight="1">
-      <c t="s" r="A419" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H419" s="2">
+      <c t="s" r="A419" s="4">
+        <v>51</v>
+      </c>
+      <c r="B419" s="5">
+        <v>46697.25</v>
+      </c>
+      <c r="C419" s="5">
+        <v>46698.75</v>
+      </c>
+      <c t="s" r="D419" s="4">
+        <v>15</v>
+      </c>
+      <c t="s" r="E419" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F419" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G419" s="4">
+        <v>52</v>
+      </c>
+      <c t="s" r="H419" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="420" ht="13.5" customHeight="1">
       <c t="s" r="A420" s="2">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="B420" s="3">
-        <v>46466.25</v>
+        <v>46697.270833333328</v>
       </c>
       <c r="C420" s="3">
-        <v>46466.666666666664</v>
+        <v>46697.645833333328</v>
       </c>
       <c t="s" r="D420" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E420" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F420" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G420" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c t="s" r="H420" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="421" ht="13.5" customHeight="1">
       <c t="s" r="A421" s="2">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B421" s="3">
-        <v>46468.270833333328</v>
+        <v>46698.270833333328</v>
       </c>
       <c r="C421" s="3">
-        <v>46468.645833333328</v>
+        <v>46698.666666666664</v>
       </c>
       <c t="s" r="D421" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E421" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F421" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G421" s="2">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c t="s" r="H421" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="422" ht="13.5" customHeight="1">
       <c t="s" r="A422" s="2">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B422" s="3">
-        <v>46469.25</v>
+        <v>46699.270833333328</v>
       </c>
       <c r="C422" s="3">
-        <v>46469.78125</v>
+        <v>46699.666666666664</v>
       </c>
       <c t="s" r="D422" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E422" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F422" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G422" s="2">
         <v>20</v>
       </c>
       <c t="s" r="H422" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="423" ht="13.5" customHeight="1">
       <c t="s" r="A423" s="2">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B423" s="3">
-        <v>46470.270833333328</v>
+        <v>46699.270833333328</v>
       </c>
       <c r="C423" s="3">
-        <v>46470.78125</v>
+        <v>46699.645833333328</v>
       </c>
       <c t="s" r="D423" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E423" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F423" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G423" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c t="s" r="H423" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="424" ht="13.5" customHeight="1">
       <c t="s" r="A424" s="2">
-        <v>84</v>
+        <v>40</v>
       </c>
       <c r="B424" s="3">
-        <v>46471.25</v>
+        <v>46701.25</v>
       </c>
       <c r="C424" s="3">
-        <v>46471.666666666664</v>
+        <v>46701.666666666664</v>
       </c>
       <c t="s" r="D424" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E424" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F424" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G424" s="2">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c t="s" r="H424" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="425" ht="13.5" customHeight="1">
       <c t="s" r="A425" s="2">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B425" s="3">
-        <v>46472.270833333328</v>
+        <v>46702.270833333328</v>
       </c>
       <c r="C425" s="3">
-        <v>46472.645833333328</v>
+        <v>46702.666666666664</v>
       </c>
       <c t="s" r="D425" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E425" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F425" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G425" s="2">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c t="s" r="H425" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="426" ht="13.5" customHeight="1">
       <c t="s" r="A426" s="2">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B426" s="3">
-        <v>46473.25</v>
+        <v>46703.270833333328</v>
       </c>
       <c r="C426" s="3">
-        <v>46473.708333333328</v>
+        <v>46703.645833333328</v>
       </c>
       <c t="s" r="D426" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E426" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F426" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G426" s="2">
         <v>17</v>
       </c>
-      <c t="s" r="G426" s="2">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="H426" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="427" ht="13.5" customHeight="1">
-      <c t="s" r="A427" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H427" s="2">
+      <c t="s" r="A427" s="4">
+        <v>51</v>
+      </c>
+      <c r="B427" s="5">
+        <v>46703.5</v>
+      </c>
+      <c r="C427" s="5">
+        <v>46705.749305555553</v>
+      </c>
+      <c t="s" r="D427" s="4">
+        <v>15</v>
+      </c>
+      <c t="s" r="E427" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F427" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G427" s="4">
+        <v>52</v>
+      </c>
+      <c t="s" r="H427" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="428" ht="13.5" customHeight="1">
       <c t="s" r="A428" s="2">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="B428" s="3">
-        <v>46474.291666666664</v>
+        <v>46704.25</v>
       </c>
       <c r="C428" s="3">
-        <v>46474.770833333328</v>
+        <v>46704.666666666664</v>
       </c>
       <c t="s" r="D428" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E428" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F428" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G428" s="2">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c t="s" r="H428" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="429" ht="13.5" customHeight="1">
       <c t="s" r="A429" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B429" s="3">
-        <v>46475.270833333328</v>
+        <v>46706.270833333328</v>
       </c>
       <c r="C429" s="3">
-        <v>46475.645833333328</v>
+        <v>46706.645833333328</v>
       </c>
       <c t="s" r="D429" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E429" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F429" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G429" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H429" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="430" ht="13.5" customHeight="1">
       <c t="s" r="A430" s="2">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="B430" s="3">
-        <v>46478.25</v>
+        <v>46707.270833333328</v>
       </c>
       <c r="C430" s="3">
-        <v>46478.666666666664</v>
+        <v>46707.645833333328</v>
       </c>
       <c t="s" r="D430" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E430" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F430" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G430" s="2">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c t="s" r="H430" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="431" ht="13.5" customHeight="1">
       <c t="s" r="A431" s="2">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="B431" s="3">
-        <v>46479.25</v>
+        <v>46708.270833333328</v>
       </c>
       <c r="C431" s="3">
-        <v>46479.78125</v>
+        <v>46708.666666666664</v>
       </c>
       <c t="s" r="D431" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E431" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F431" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G431" s="2">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c t="s" r="H431" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="432" ht="13.5" customHeight="1">
       <c t="s" r="A432" s="2">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="B432" s="3">
-        <v>46482.25</v>
+        <v>46709.25</v>
       </c>
       <c r="C432" s="3">
-        <v>46482.78125</v>
+        <v>46709.666666666664</v>
       </c>
       <c t="s" r="D432" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E432" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F432" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G432" s="2">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c t="s" r="H432" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="433" ht="13.5" customHeight="1">
       <c t="s" r="A433" s="2">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="B433" s="3">
-        <v>46483.270833333328</v>
+        <v>46711.270833333328</v>
       </c>
       <c r="C433" s="3">
-        <v>46483.729166666664</v>
+        <v>46711.645833333328</v>
       </c>
       <c t="s" r="D433" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E433" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F433" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G433" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H433" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="434" ht="13.5" customHeight="1">
       <c t="s" r="A434" s="2">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="B434" s="3">
-        <v>46484.270833333328</v>
+        <v>46712.291666666664</v>
       </c>
       <c r="C434" s="3">
-        <v>46484.78125</v>
+        <v>46712.770833333328</v>
       </c>
       <c t="s" r="D434" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E434" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F434" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G434" s="2">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c t="s" r="H434" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="435" ht="13.5" customHeight="1">
       <c t="s" r="A435" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B435" s="3">
-        <v>46485.270833333328</v>
+        <v>46714.270833333328</v>
       </c>
       <c r="C435" s="3">
-        <v>46485.645833333328</v>
+        <v>46714.645833333328</v>
       </c>
       <c t="s" r="D435" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E435" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F435" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G435" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H435" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="436" ht="13.5" customHeight="1">
       <c t="s" r="A436" s="2">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B436" s="3">
-        <v>46486.270833333328</v>
+        <v>46715.25</v>
       </c>
       <c r="C436" s="3">
-        <v>46486.78125</v>
+        <v>46715.666666666664</v>
       </c>
       <c t="s" r="D436" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E436" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F436" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G436" s="2">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c t="s" r="H436" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="437" ht="13.5" customHeight="1">
       <c t="s" r="A437" s="2">
         <v>14</v>
       </c>
       <c r="B437" s="3">
-        <v>46486.270833333328</v>
+        <v>46716.270833333328</v>
       </c>
       <c r="C437" s="3">
-        <v>46486.645833333328</v>
+        <v>46716.645833333328</v>
       </c>
       <c t="s" r="D437" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E437" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F437" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G437" s="2">
+        <v>17</v>
+      </c>
+      <c t="s" r="H437" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="438" ht="13.5" customHeight="1">
+      <c t="s" r="A438" s="4">
+        <v>49</v>
+      </c>
+      <c r="B438" s="5">
+        <v>46716.333333333328</v>
+      </c>
+      <c r="C438" s="5">
+        <v>46717.75</v>
+      </c>
+      <c t="s" r="D438" s="4">
         <v>15</v>
       </c>
-      <c t="s" r="H437" s="2">
-[...25 lines deleted...]
-      <c t="s" r="H438" s="2">
+      <c t="s" r="E438" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F438" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G438" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H438" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="439" ht="13.5" customHeight="1">
       <c t="s" r="A439" s="2">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B439" s="3">
-        <v>46491.25</v>
+        <v>46717.270833333328</v>
       </c>
       <c r="C439" s="3">
-        <v>46491.78125</v>
+        <v>46717.666666666664</v>
       </c>
       <c t="s" r="D439" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E439" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F439" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G439" s="2">
         <v>20</v>
       </c>
       <c t="s" r="H439" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="440" ht="13.5" customHeight="1">
       <c t="s" r="A440" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B440" s="3">
-        <v>46492.270833333328</v>
+        <v>46718.270833333328</v>
       </c>
       <c r="C440" s="3">
-        <v>46492.645833333328</v>
+        <v>46718.645833333328</v>
       </c>
       <c t="s" r="D440" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E440" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F440" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G440" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H440" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="441" ht="13.5" customHeight="1">
       <c t="s" r="A441" s="2">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="B441" s="3">
-        <v>46493.270833333328</v>
+        <v>46719.25</v>
       </c>
       <c r="C441" s="3">
-        <v>46493.78125</v>
+        <v>46719.666666666664</v>
       </c>
       <c t="s" r="D441" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E441" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F441" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G441" s="2">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c t="s" r="H441" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="442" ht="13.5" customHeight="1">
       <c t="s" r="A442" s="2">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B442" s="3">
-        <v>46495.270833333328</v>
+        <v>46720.270833333328</v>
       </c>
       <c r="C442" s="3">
-        <v>46495.677083333328</v>
+        <v>46720.666666666664</v>
       </c>
       <c t="s" r="D442" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E442" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F442" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G442" s="2">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c t="s" r="H442" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="443" ht="13.5" customHeight="1">
       <c t="s" r="A443" s="2">
         <v>14</v>
       </c>
       <c r="B443" s="3">
-        <v>46495.270833333328</v>
+        <v>46720.270833333328</v>
       </c>
       <c r="C443" s="3">
-        <v>46495.645833333328</v>
+        <v>46720.645833333328</v>
       </c>
       <c t="s" r="D443" s="2">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c t="s" r="E443" s="2">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c t="s" r="F443" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G443" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H443" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="444" ht="13.5" customHeight="1">
       <c t="s" r="A444" s="2">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="B444" s="3">
-        <v>46497.270833333328</v>
+        <v>46722.25</v>
       </c>
       <c r="C444" s="3">
-        <v>46497.78125</v>
+        <v>46722.666666666664</v>
       </c>
       <c t="s" r="D444" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E444" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F444" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G444" s="2">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c t="s" r="H444" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="445" ht="13.5" customHeight="1">
       <c t="s" r="A445" s="2">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B445" s="3">
-        <v>46499.270833333328</v>
+        <v>46723.25</v>
       </c>
       <c r="C445" s="3">
-        <v>46499.645833333328</v>
+        <v>46723.666666666664</v>
       </c>
       <c t="s" r="D445" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E445" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F445" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G445" s="2">
         <v>12</v>
       </c>
       <c t="s" r="H445" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="446" ht="13.5" customHeight="1">
       <c t="s" r="A446" s="2">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="B446" s="3">
-        <v>46500.25</v>
+        <v>46724.270833333328</v>
       </c>
       <c r="C446" s="3">
-        <v>46500.78125</v>
+        <v>46724.645833333328</v>
       </c>
       <c t="s" r="D446" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E446" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F446" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G446" s="2">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c t="s" r="H446" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="447" ht="13.5" customHeight="1">
       <c t="s" r="A447" s="2">
-        <v>8</v>
+        <v>51</v>
       </c>
       <c r="B447" s="3">
-        <v>46502.270833333328</v>
+        <v>46725.25</v>
       </c>
       <c r="C447" s="3">
-        <v>46502.645833333328</v>
+        <v>46725.729166666664</v>
       </c>
       <c t="s" r="D447" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E447" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F447" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G447" s="2">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c t="s" r="H447" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="448" ht="13.5" customHeight="1">
       <c t="s" r="A448" s="2">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="B448" s="3">
-        <v>46503.270833333328</v>
+        <v>46726.25</v>
       </c>
       <c r="C448" s="3">
-        <v>46503.645833333328</v>
+        <v>46726.666666666664</v>
       </c>
       <c t="s" r="D448" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E448" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F448" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G448" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c t="s" r="H448" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="449" ht="13.5" customHeight="1">
       <c t="s" r="A449" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B449" s="3">
-        <v>46506.270833333328</v>
+        <v>46727.270833333328</v>
       </c>
       <c r="C449" s="3">
-        <v>46506.645833333328</v>
+        <v>46727.645833333328</v>
       </c>
       <c t="s" r="D449" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E449" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F449" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G449" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H449" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="450" ht="13.5" customHeight="1">
       <c t="s" r="A450" s="2">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="B450" s="3">
-        <v>46507.25</v>
+        <v>46728.270833333328</v>
       </c>
       <c r="C450" s="3">
-        <v>46507.78125</v>
+        <v>46728.645833333328</v>
       </c>
       <c t="s" r="D450" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E450" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F450" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G450" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c t="s" r="H450" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="451" ht="13.5" customHeight="1">
       <c t="s" r="A451" s="2">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B451" s="3">
-        <v>46510.270833333328</v>
+        <v>46729.270833333328</v>
       </c>
       <c r="C451" s="3">
-        <v>46510.645833333328</v>
+        <v>46729.666666666664</v>
       </c>
       <c t="s" r="D451" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E451" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F451" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G451" s="2">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c t="s" r="H451" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="452" ht="13.5" customHeight="1">
-      <c t="s" r="A452" s="2">
-[...17 lines deleted...]
-      <c t="s" r="G452" s="2">
+      <c t="s" r="A452" s="4">
+        <v>36</v>
+      </c>
+      <c r="B452" s="5">
+        <v>46730.25</v>
+      </c>
+      <c r="C452" s="5">
+        <v>46731.78125</v>
+      </c>
+      <c t="s" r="D452" s="4">
         <v>15</v>
       </c>
-      <c t="s" r="H452" s="2">
+      <c t="s" r="E452" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F452" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G452" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H452" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="453" ht="13.5" customHeight="1">
       <c t="s" r="A453" s="2">
         <v>14</v>
       </c>
       <c r="B453" s="3">
-        <v>46517.270833333328</v>
+        <v>46731.270833333328</v>
       </c>
       <c r="C453" s="3">
-        <v>46517.645833333328</v>
+        <v>46731.645833333328</v>
       </c>
       <c t="s" r="D453" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E453" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F453" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G453" s="2">
+        <v>17</v>
+      </c>
+      <c t="s" r="H453" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="454" ht="13.5" customHeight="1">
+      <c t="s" r="A454" s="4">
+        <v>34</v>
+      </c>
+      <c r="B454" s="5">
+        <v>46732.25</v>
+      </c>
+      <c r="C454" s="5">
+        <v>46733.666666666664</v>
+      </c>
+      <c t="s" r="D454" s="4">
         <v>15</v>
       </c>
-      <c t="s" r="H453" s="2">
-[...25 lines deleted...]
-      <c t="s" r="H454" s="2">
+      <c t="s" r="E454" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F454" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G454" s="4">
+        <v>35</v>
+      </c>
+      <c t="s" r="H454" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="455" ht="13.5" customHeight="1">
       <c t="s" r="A455" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B455" s="3">
-        <v>46521.270833333328</v>
+        <v>46733.270833333328</v>
       </c>
       <c r="C455" s="3">
-        <v>46521.645833333328</v>
+        <v>46733.645833333328</v>
       </c>
       <c t="s" r="D455" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E455" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F455" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G455" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H455" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="456" ht="13.5" customHeight="1">
       <c t="s" r="A456" s="2">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B456" s="3">
-        <v>46524.270833333328</v>
+        <v>46734.270833333328</v>
       </c>
       <c r="C456" s="3">
-        <v>46524.677083333328</v>
+        <v>46734.666666666664</v>
       </c>
       <c t="s" r="D456" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E456" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F456" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G456" s="2">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c t="s" r="H456" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="457" ht="13.5" customHeight="1">
       <c t="s" r="A457" s="2">
         <v>14</v>
       </c>
       <c r="B457" s="3">
-        <v>46524.270833333328</v>
+        <v>46734.270833333328</v>
       </c>
       <c r="C457" s="3">
-        <v>46524.645833333328</v>
+        <v>46734.645833333328</v>
       </c>
       <c t="s" r="D457" s="2">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c t="s" r="E457" s="2">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c t="s" r="F457" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G457" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H457" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="458" ht="13.5" customHeight="1">
       <c t="s" r="A458" s="2">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="B458" s="3">
-        <v>46528.270833333328</v>
+        <v>46735.333333333328</v>
       </c>
       <c r="C458" s="3">
-        <v>46528.666666666664</v>
+        <v>46735.875</v>
       </c>
       <c t="s" r="D458" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E458" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F458" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G458" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c t="s" r="H458" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="459" ht="13.5" customHeight="1">
       <c t="s" r="A459" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B459" s="3">
-        <v>46533.270833333328</v>
+        <v>46737.270833333328</v>
       </c>
       <c r="C459" s="3">
-        <v>46533.645833333328</v>
+        <v>46737.645833333328</v>
       </c>
       <c t="s" r="D459" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E459" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F459" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G459" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H459" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="460" ht="13.5" customHeight="1">
+      <c t="s" r="A460" s="2">
+        <v>18</v>
+      </c>
+      <c r="B460" s="3">
+        <v>46738.270833333328</v>
+      </c>
+      <c r="C460" s="3">
+        <v>46738.666666666664</v>
+      </c>
+      <c t="s" r="D460" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E460" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F460" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G460" s="2">
+        <v>20</v>
+      </c>
+      <c t="s" r="H460" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="461" ht="13.5" customHeight="1">
+      <c t="s" r="A461" s="2">
+        <v>14</v>
+      </c>
+      <c r="B461" s="3">
+        <v>46738.270833333328</v>
+      </c>
+      <c r="C461" s="3">
+        <v>46738.645833333328</v>
+      </c>
+      <c t="s" r="D461" s="2">
+        <v>15</v>
+      </c>
+      <c t="s" r="E461" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F461" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G461" s="2">
+        <v>17</v>
+      </c>
+      <c t="s" r="H461" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="462" ht="13.5" customHeight="1">
+      <c t="s" r="A462" s="2">
+        <v>50</v>
+      </c>
+      <c r="B462" s="3">
+        <v>46740.25</v>
+      </c>
+      <c r="C462" s="3">
+        <v>46740.666666666664</v>
+      </c>
+      <c t="s" r="D462" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E462" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F462" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G462" s="2">
         <v>12</v>
       </c>
-      <c t="s" r="H459" s="2">
-[...77 lines deleted...]
-      <c t="s" r="H462" s="6">
+      <c t="s" r="H462" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="463" ht="13.5" customHeight="1">
-      <c t="s" r="A463" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H463" s="6">
+      <c t="s" r="A463" s="2">
+        <v>84</v>
+      </c>
+      <c r="B463" s="3">
+        <v>46740.291666666664</v>
+      </c>
+      <c r="C463" s="3">
+        <v>46740.708333333328</v>
+      </c>
+      <c t="s" r="D463" s="2">
+        <v>15</v>
+      </c>
+      <c t="s" r="E463" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F463" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G463" s="2">
+        <v>26</v>
+      </c>
+      <c t="s" r="H463" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="464" ht="13.5" customHeight="1">
-      <c t="s" r="A464" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H464" s="6">
+      <c t="s" r="A464" s="2">
+        <v>18</v>
+      </c>
+      <c r="B464" s="3">
+        <v>46741.270833333328</v>
+      </c>
+      <c r="C464" s="3">
+        <v>46741.666666666664</v>
+      </c>
+      <c t="s" r="D464" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E464" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F464" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G464" s="2">
+        <v>20</v>
+      </c>
+      <c t="s" r="H464" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="465" ht="13.5" customHeight="1">
-      <c t="s" r="A465" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H465" s="6">
+      <c t="s" r="A465" s="2">
+        <v>34</v>
+      </c>
+      <c r="B465" s="3">
+        <v>46741.291666666664</v>
+      </c>
+      <c r="C465" s="3">
+        <v>46741.666666666664</v>
+      </c>
+      <c t="s" r="D465" s="2">
+        <v>15</v>
+      </c>
+      <c t="s" r="E465" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F465" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G465" s="2">
+        <v>35</v>
+      </c>
+      <c t="s" r="H465" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="466" ht="13.5" customHeight="1">
       <c t="s" r="A466" s="2">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B466" s="3">
-        <v>46541.25</v>
+        <v>46742.270833333328</v>
       </c>
       <c r="C466" s="3">
-        <v>46541.666666666664</v>
+        <v>46742.78125</v>
       </c>
       <c t="s" r="D466" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E466" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F466" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G466" s="2">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c t="s" r="H466" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="467" ht="13.5" customHeight="1">
-      <c t="s" r="A467" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H467" s="6">
+      <c t="s" r="A467" s="2">
+        <v>53</v>
+      </c>
+      <c r="B467" s="3">
+        <v>46742.291666666664</v>
+      </c>
+      <c r="C467" s="3">
+        <v>46742.791666666664</v>
+      </c>
+      <c t="s" r="D467" s="2">
+        <v>15</v>
+      </c>
+      <c t="s" r="E467" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F467" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G467" s="2">
+        <v>54</v>
+      </c>
+      <c t="s" r="H467" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="468" ht="13.5" customHeight="1">
       <c t="s" r="A468" s="2">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B468" s="3">
-        <v>46542.270833333328</v>
+        <v>46743.270833333328</v>
       </c>
       <c r="C468" s="3">
-        <v>46542.645833333328</v>
+        <v>46743.666666666664</v>
       </c>
       <c t="s" r="D468" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E468" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F468" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G468" s="2">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c t="s" r="H468" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="469" ht="13.5" customHeight="1">
-      <c t="s" r="A469" s="6">
+      <c t="s" r="A469" s="4">
+        <v>41</v>
+      </c>
+      <c r="B469" s="5">
+        <v>46743.291666666664</v>
+      </c>
+      <c r="C469" s="5">
+        <v>46744.708333333328</v>
+      </c>
+      <c t="s" r="D469" s="4">
+        <v>15</v>
+      </c>
+      <c t="s" r="E469" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F469" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G469" s="4">
+        <v>28</v>
+      </c>
+      <c t="s" r="H469" s="4">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="470" ht="13.5" customHeight="1">
+      <c t="s" r="A470" s="2">
         <v>49</v>
       </c>
-      <c r="B469" s="7">
-[...22 lines deleted...]
-      <c t="s" r="A470" s="6">
+      <c r="B470" s="3">
+        <v>46743.333333333328</v>
+      </c>
+      <c r="C470" s="3">
+        <v>46743.791666666664</v>
+      </c>
+      <c t="s" r="D470" s="2">
+        <v>24</v>
+      </c>
+      <c t="s" r="E470" s="2">
+        <v>25</v>
+      </c>
+      <c t="s" r="F470" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G470" s="2">
+        <v>37</v>
+      </c>
+      <c t="s" r="H470" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="471" ht="13.5" customHeight="1">
+      <c t="s" r="A471" s="4">
         <v>49</v>
       </c>
-      <c r="B470" s="7">
-[...43 lines deleted...]
-      <c t="s" r="H471" s="6">
+      <c r="B471" s="5">
+        <v>46743.8125</v>
+      </c>
+      <c r="C471" s="5">
+        <v>46745.75</v>
+      </c>
+      <c t="s" r="D471" s="4">
+        <v>9</v>
+      </c>
+      <c t="s" r="E471" s="4">
+        <v>10</v>
+      </c>
+      <c t="s" r="F471" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G471" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H471" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="472" ht="13.5" customHeight="1">
       <c t="s" r="A472" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B472" s="3">
-        <v>46545.270833333328</v>
+        <v>46747.270833333328</v>
       </c>
       <c r="C472" s="3">
-        <v>46545.645833333328</v>
+        <v>46747.645833333328</v>
       </c>
       <c t="s" r="D472" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E472" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F472" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G472" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H472" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="473" ht="13.5" customHeight="1">
-      <c t="s" r="A473" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H473" s="6">
+      <c t="s" r="A473" s="2">
+        <v>14</v>
+      </c>
+      <c r="B473" s="3">
+        <v>46748.270833333328</v>
+      </c>
+      <c r="C473" s="3">
+        <v>46748.645833333328</v>
+      </c>
+      <c t="s" r="D473" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E473" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F473" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G473" s="2">
+        <v>17</v>
+      </c>
+      <c t="s" r="H473" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="474" ht="13.5" customHeight="1">
-      <c t="s" r="A474" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H474" s="6">
+      <c t="s" r="A474" s="2">
+        <v>18</v>
+      </c>
+      <c r="B474" s="3">
+        <v>46750.270833333328</v>
+      </c>
+      <c r="C474" s="3">
+        <v>46750.666666666664</v>
+      </c>
+      <c t="s" r="D474" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E474" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F474" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G474" s="2">
+        <v>20</v>
+      </c>
+      <c t="s" r="H474" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="475" ht="13.5" customHeight="1">
-      <c t="s" r="A475" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H475" s="6">
+      <c t="s" r="A475" s="2">
+        <v>21</v>
+      </c>
+      <c r="B475" s="3">
+        <v>46751.270833333328</v>
+      </c>
+      <c r="C475" s="3">
+        <v>46751.645833333328</v>
+      </c>
+      <c t="s" r="D475" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E475" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F475" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G475" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H475" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="476" ht="13.5" customHeight="1">
-      <c t="s" r="A476" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H476" s="6">
+      <c t="s" r="A476" s="2">
+        <v>14</v>
+      </c>
+      <c r="B476" s="3">
+        <v>46751.270833333328</v>
+      </c>
+      <c r="C476" s="3">
+        <v>46751.645833333328</v>
+      </c>
+      <c t="s" r="D476" s="2">
+        <v>15</v>
+      </c>
+      <c t="s" r="E476" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F476" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G476" s="2">
+        <v>17</v>
+      </c>
+      <c t="s" r="H476" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="477" ht="13.5" customHeight="1">
       <c t="s" r="A477" s="6">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="B477" s="7">
-        <v>46549.6875</v>
+        <v>46752.083333333328</v>
       </c>
       <c r="C477" s="7">
-        <v>46549.979166666664</v>
+        <v>46753.916666666664</v>
       </c>
       <c t="s" r="D477" s="6">
         <v>9</v>
       </c>
       <c t="s" r="E477" s="6">
         <v>10</v>
       </c>
       <c t="s" r="F477" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G477" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H477" s="6">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="478" ht="13.5" customHeight="1">
+      <c t="s" r="A478" s="4">
+        <v>87</v>
+      </c>
+      <c r="B478" s="5">
+        <v>46752.375</v>
+      </c>
+      <c r="C478" s="5">
+        <v>46753.833333333328</v>
+      </c>
+      <c t="s" r="D478" s="4">
+        <v>15</v>
+      </c>
+      <c t="s" r="E478" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F478" s="4">
+        <v>11</v>
+      </c>
+      <c t="s" r="G478" s="4">
+        <v>59</v>
+      </c>
+      <c t="s" r="H478" s="4">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="479" ht="13.5" customHeight="1">
+      <c t="s" r="A479" s="2">
         <v>50</v>
       </c>
-      <c t="s" r="G477" s="6">
-[...54 lines deleted...]
-      <c t="s" r="H479" s="6">
+      <c r="B479" s="3">
+        <v>46754.25</v>
+      </c>
+      <c r="C479" s="3">
+        <v>46754.666666666664</v>
+      </c>
+      <c t="s" r="D479" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E479" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F479" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G479" s="2">
+        <v>12</v>
+      </c>
+      <c t="s" r="H479" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="480" ht="13.5" customHeight="1">
-      <c t="s" r="A480" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H480" s="6">
+      <c t="s" r="A480" s="2">
+        <v>34</v>
+      </c>
+      <c r="B480" s="3">
+        <v>46755.25</v>
+      </c>
+      <c r="C480" s="3">
+        <v>46755.75</v>
+      </c>
+      <c t="s" r="D480" s="2">
+        <v>15</v>
+      </c>
+      <c t="s" r="E480" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F480" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G480" s="2">
+        <v>35</v>
+      </c>
+      <c t="s" r="H480" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="481" ht="13.5" customHeight="1">
-      <c t="s" r="A481" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H481" s="6">
+      <c t="s" r="A481" s="2">
+        <v>21</v>
+      </c>
+      <c r="B481" s="3">
+        <v>46755.270833333328</v>
+      </c>
+      <c r="C481" s="3">
+        <v>46755.645833333328</v>
+      </c>
+      <c t="s" r="D481" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E481" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F481" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G481" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H481" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="482" ht="13.5" customHeight="1">
       <c t="s" r="A482" s="2">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B482" s="3">
-        <v>46554.270833333328</v>
+        <v>46756.270833333328</v>
       </c>
       <c r="C482" s="3">
-        <v>46554.645833333328</v>
+        <v>46756.666666666664</v>
       </c>
       <c t="s" r="D482" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E482" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F482" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G482" s="2">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c t="s" r="H482" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="483" ht="13.5" customHeight="1">
-      <c t="s" r="A483" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H483" s="6">
+      <c t="s" r="A483" s="2">
+        <v>84</v>
+      </c>
+      <c r="B483" s="3">
+        <v>46756.291666666664</v>
+      </c>
+      <c r="C483" s="3">
+        <v>46756.75</v>
+      </c>
+      <c t="s" r="D483" s="2">
+        <v>15</v>
+      </c>
+      <c t="s" r="E483" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F483" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G483" s="2">
+        <v>26</v>
+      </c>
+      <c t="s" r="H483" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="484" ht="13.5" customHeight="1">
       <c t="s" r="A484" s="2">
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="B484" s="3">
-        <v>46555.25</v>
+        <v>46757.25</v>
       </c>
       <c r="C484" s="3">
-        <v>46555.78125</v>
+        <v>46757.78125</v>
       </c>
       <c t="s" r="D484" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E484" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F484" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G484" s="2">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c t="s" r="H484" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="485" ht="13.5" customHeight="1">
-      <c t="s" r="A485" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H485" s="6">
+      <c t="s" r="A485" s="4">
+        <v>36</v>
+      </c>
+      <c r="B485" s="5">
+        <v>46757.333333333328</v>
+      </c>
+      <c r="C485" s="5">
+        <v>46759.75</v>
+      </c>
+      <c t="s" r="D485" s="4">
+        <v>15</v>
+      </c>
+      <c t="s" r="E485" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F485" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G485" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H485" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="486" ht="13.5" customHeight="1">
-      <c t="s" r="A486" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H486" s="6">
+      <c t="s" r="A486" s="2">
+        <v>18</v>
+      </c>
+      <c r="B486" s="3">
+        <v>46759.270833333328</v>
+      </c>
+      <c r="C486" s="3">
+        <v>46759.666666666664</v>
+      </c>
+      <c t="s" r="D486" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E486" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F486" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G486" s="2">
+        <v>20</v>
+      </c>
+      <c t="s" r="H486" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="487" ht="13.5" customHeight="1">
       <c t="s" r="A487" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B487" s="3">
-        <v>46558.270833333328</v>
+        <v>46761.270833333328</v>
       </c>
       <c r="C487" s="3">
-        <v>46558.645833333328</v>
+        <v>46761.645833333328</v>
       </c>
       <c t="s" r="D487" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E487" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F487" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G487" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H487" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="488" ht="13.5" customHeight="1">
       <c t="s" r="A488" s="2">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B488" s="3">
-        <v>46562.270833333328</v>
+        <v>46762.270833333328</v>
       </c>
       <c r="C488" s="3">
-        <v>46562.645833333328</v>
+        <v>46762.666666666664</v>
       </c>
       <c t="s" r="D488" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E488" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F488" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G488" s="2">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c t="s" r="H488" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="489" ht="13.5" customHeight="1">
       <c t="s" r="A489" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B489" s="3">
-        <v>46565.270833333328</v>
+        <v>46765.270833333328</v>
       </c>
       <c r="C489" s="3">
-        <v>46565.645833333328</v>
+        <v>46765.645833333328</v>
       </c>
       <c t="s" r="D489" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E489" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F489" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G489" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H489" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="490" ht="13.5" customHeight="1">
       <c t="s" r="A490" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B490" s="3">
-        <v>46569.270833333328</v>
+        <v>46765.270833333328</v>
       </c>
       <c r="C490" s="3">
-        <v>46569.645833333328</v>
+        <v>46765.645833333328</v>
       </c>
       <c t="s" r="D490" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E490" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F490" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G490" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H490" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="491" ht="13.5" customHeight="1">
       <c t="s" r="A491" s="2">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B491" s="3">
-        <v>46572.270833333328</v>
+        <v>46766.270833333328</v>
       </c>
       <c r="C491" s="3">
-        <v>46572.645833333328</v>
+        <v>46766.666666666664</v>
       </c>
       <c t="s" r="D491" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E491" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F491" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G491" s="2">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c t="s" r="H491" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="492" ht="13.5" customHeight="1">
       <c t="s" r="A492" s="2">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="B492" s="3">
-        <v>46581.291666666664</v>
+        <v>46767.25</v>
       </c>
       <c r="C492" s="3">
-        <v>46581.708333333328</v>
+        <v>46767.666666666664</v>
       </c>
       <c t="s" r="D492" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E492" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F492" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G492" s="2">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c t="s" r="H492" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="493" ht="13.5" customHeight="1">
       <c t="s" r="A493" s="2">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B493" s="3">
-        <v>46582.270833333328</v>
+        <v>46768.270833333328</v>
       </c>
       <c r="C493" s="3">
-        <v>46582.645833333328</v>
+        <v>46768.645833333328</v>
       </c>
       <c t="s" r="D493" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E493" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F493" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G493" s="2">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c t="s" r="H493" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="494" ht="13.5" customHeight="1">
       <c t="s" r="A494" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B494" s="3">
-        <v>46586.270833333328</v>
+        <v>46769.270833333328</v>
       </c>
       <c r="C494" s="3">
-        <v>46586.645833333328</v>
+        <v>46769.645833333328</v>
       </c>
       <c t="s" r="D494" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E494" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F494" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G494" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H494" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="495" ht="13.5" customHeight="1">
-      <c t="s" r="A495" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H495" s="6">
+      <c t="s" r="A495" s="2">
+        <v>86</v>
+      </c>
+      <c r="B495" s="3">
+        <v>46770.270833333328</v>
+      </c>
+      <c r="C495" s="3">
+        <v>46770.708333333328</v>
+      </c>
+      <c t="s" r="D495" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E495" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F495" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G495" s="2">
+        <v>39</v>
+      </c>
+      <c t="s" r="H495" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="496" ht="13.5" customHeight="1">
       <c t="s" r="A496" s="2">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="B496" s="3">
-        <v>46595.270833333328</v>
+        <v>46770.270833333328</v>
       </c>
       <c r="C496" s="3">
-        <v>46595.645833333328</v>
+        <v>46770.708333333328</v>
       </c>
       <c t="s" r="D496" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E496" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F496" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G496" s="2">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c t="s" r="H496" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="497" ht="13.5" customHeight="1">
       <c t="s" r="A497" s="2">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B497" s="3">
-        <v>46599.270833333328</v>
+        <v>46771.270833333328</v>
       </c>
       <c r="C497" s="3">
-        <v>46599.645833333328</v>
+        <v>46771.666666666664</v>
       </c>
       <c t="s" r="D497" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E497" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F497" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G497" s="2">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c t="s" r="H497" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="498" ht="13.5" customHeight="1">
-      <c t="s" r="A498" s="2">
-[...17 lines deleted...]
-      <c t="s" r="G498" s="2">
+      <c t="s" r="A498" s="4">
+        <v>49</v>
+      </c>
+      <c r="B498" s="5">
+        <v>46771.333333333328</v>
+      </c>
+      <c r="C498" s="5">
+        <v>46773.75</v>
+      </c>
+      <c t="s" r="D498" s="4">
         <v>15</v>
       </c>
-      <c t="s" r="H498" s="2">
+      <c t="s" r="E498" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F498" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G498" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H498" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="499" ht="13.5" customHeight="1">
       <c t="s" r="A499" s="2">
         <v>14</v>
       </c>
       <c r="B499" s="3">
-        <v>46605.270833333328</v>
+        <v>46772.270833333328</v>
       </c>
       <c r="C499" s="3">
-        <v>46605.645833333328</v>
+        <v>46772.645833333328</v>
       </c>
       <c t="s" r="D499" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E499" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F499" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G499" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H499" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="500" ht="13.5" customHeight="1">
       <c t="s" r="A500" s="2">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="B500" s="3">
-        <v>46608.270833333328</v>
+        <v>46773.291666666664</v>
       </c>
       <c r="C500" s="3">
-        <v>46608.645833333328</v>
+        <v>46773.75</v>
       </c>
       <c t="s" r="D500" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E500" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F500" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G500" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c t="s" r="H500" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="501" ht="13.5" customHeight="1">
       <c t="s" r="A501" s="2">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="B501" s="3">
-        <v>46612.270833333328</v>
+        <v>46777.270833333328</v>
       </c>
       <c r="C501" s="3">
-        <v>46612.645833333328</v>
+        <v>46777.666666666664</v>
       </c>
       <c t="s" r="D501" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E501" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F501" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G501" s="2">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c t="s" r="H501" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="502" ht="13.5" customHeight="1">
       <c t="s" r="A502" s="2">
         <v>14</v>
       </c>
       <c r="B502" s="3">
-        <v>46620.270833333328</v>
+        <v>46777.270833333328</v>
       </c>
       <c r="C502" s="3">
-        <v>46620.645833333328</v>
+        <v>46777.645833333328</v>
       </c>
       <c t="s" r="D502" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E502" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F502" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G502" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H502" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="503" ht="13.5" customHeight="1">
-      <c t="s" r="A503" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H503" s="2">
+      <c t="s" r="A503" s="6">
+        <v>43</v>
+      </c>
+      <c r="B503" s="7">
+        <v>46777.6875</v>
+      </c>
+      <c r="C503" s="7">
+        <v>46779.166666666664</v>
+      </c>
+      <c t="s" r="D503" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E503" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F503" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G503" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H503" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="504" ht="13.5" customHeight="1">
-      <c t="s" r="A504" s="6">
-[...20 lines deleted...]
-      <c t="s" r="H504" s="6">
+      <c t="s" r="A504" s="2">
+        <v>21</v>
+      </c>
+      <c r="B504" s="3">
+        <v>46779.270833333328</v>
+      </c>
+      <c r="C504" s="3">
+        <v>46779.645833333328</v>
+      </c>
+      <c t="s" r="D504" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E504" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F504" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G504" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H504" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="505" ht="13.5" customHeight="1">
       <c t="s" r="A505" s="2">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B505" s="3">
-        <v>46632.270833333328</v>
+        <v>46780.270833333328</v>
       </c>
       <c r="C505" s="3">
-        <v>46632.645833333328</v>
+        <v>46780.666666666664</v>
       </c>
       <c t="s" r="D505" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E505" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F505" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G505" s="2">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c t="s" r="H505" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="506" ht="13.5" customHeight="1">
       <c t="s" r="A506" s="2">
-        <v>82</v>
+        <v>50</v>
       </c>
       <c r="B506" s="3">
-        <v>46634.25</v>
+        <v>46781.25</v>
       </c>
       <c r="C506" s="3">
-        <v>46634.75</v>
+        <v>46781.666666666664</v>
       </c>
       <c t="s" r="D506" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E506" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F506" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G506" s="2">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c t="s" r="H506" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="507" ht="13.5" customHeight="1">
       <c t="s" r="A507" s="2">
         <v>14</v>
       </c>
       <c r="B507" s="3">
-        <v>46635.270833333328</v>
+        <v>46781.270833333328</v>
       </c>
       <c r="C507" s="3">
-        <v>46635.645833333328</v>
+        <v>46781.645833333328</v>
       </c>
       <c t="s" r="D507" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E507" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F507" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G507" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H507" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="508" ht="13.5" customHeight="1">
       <c t="s" r="A508" s="2">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="B508" s="3">
-        <v>46647.270833333328</v>
+        <v>46781.291666666664</v>
       </c>
       <c r="C508" s="3">
-        <v>46647.645833333328</v>
+        <v>46781.791666666664</v>
       </c>
       <c t="s" r="D508" s="2">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c t="s" r="E508" s="2">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c t="s" r="F508" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G508" s="2">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c t="s" r="H508" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="509" ht="13.5" customHeight="1">
       <c t="s" r="A509" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B509" s="3">
-        <v>46649.270833333328</v>
+        <v>46782.270833333328</v>
       </c>
       <c r="C509" s="3">
-        <v>46649.645833333328</v>
+        <v>46782.645833333328</v>
       </c>
       <c t="s" r="D509" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E509" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F509" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G509" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H509" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="510" ht="13.5" customHeight="1">
+      <c t="s" r="A510" s="2">
+        <v>32</v>
+      </c>
+      <c r="B510" s="3">
+        <v>46783.25</v>
+      </c>
+      <c r="C510" s="3">
+        <v>46783.666666666664</v>
+      </c>
+      <c t="s" r="D510" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E510" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F510" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G510" s="2">
+        <v>33</v>
+      </c>
+      <c t="s" r="H510" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="511" ht="13.5" customHeight="1">
+      <c t="s" r="A511" s="4">
+        <v>88</v>
+      </c>
+      <c r="B511" s="5">
+        <v>46783.333333333328</v>
+      </c>
+      <c r="C511" s="5">
+        <v>46784.791666666664</v>
+      </c>
+      <c t="s" r="D511" s="4">
         <v>15</v>
       </c>
-      <c t="s" r="H509" s="2">
-[...51 lines deleted...]
-      <c t="s" r="H511" s="2">
+      <c t="s" r="E511" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F511" s="4">
+        <v>70</v>
+      </c>
+      <c t="s" r="G511" s="4">
+        <v>52</v>
+      </c>
+      <c t="s" r="H511" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="512" ht="13.5" customHeight="1">
-      <c t="s" r="A512" s="2">
-[...17 lines deleted...]
-      <c t="s" r="G512" s="2">
+      <c t="s" r="A512" s="4">
+        <v>60</v>
+      </c>
+      <c r="B512" s="5">
+        <v>46784.333333333328</v>
+      </c>
+      <c r="C512" s="5">
+        <v>46785.708333333328</v>
+      </c>
+      <c t="s" r="D512" s="4">
+        <v>9</v>
+      </c>
+      <c t="s" r="E512" s="4">
+        <v>10</v>
+      </c>
+      <c t="s" r="F512" s="4">
+        <v>11</v>
+      </c>
+      <c t="s" r="G512" s="4">
+        <v>48</v>
+      </c>
+      <c t="s" r="H512" s="4">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="513" ht="13.5" customHeight="1">
+      <c t="s" r="A513" s="4">
+        <v>36</v>
+      </c>
+      <c r="B513" s="5">
+        <v>46785.333333333328</v>
+      </c>
+      <c r="C513" s="5">
+        <v>46787.75</v>
+      </c>
+      <c t="s" r="D513" s="4">
         <v>15</v>
       </c>
-      <c t="s" r="H512" s="2">
-[...25 lines deleted...]
-      <c t="s" r="H513" s="2">
+      <c t="s" r="E513" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F513" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G513" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H513" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="514" ht="13.5" customHeight="1">
       <c t="s" r="A514" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B514" s="3">
-        <v>46657.270833333328</v>
+        <v>46786.270833333328</v>
       </c>
       <c r="C514" s="3">
-        <v>46657.645833333328</v>
+        <v>46786.645833333328</v>
       </c>
       <c t="s" r="D514" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E514" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F514" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G514" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H514" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="515" ht="13.5" customHeight="1">
       <c t="s" r="A515" s="2">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B515" s="3">
-        <v>46661.270833333328</v>
+        <v>46792.270833333328</v>
       </c>
       <c r="C515" s="3">
-        <v>46661.645833333328</v>
+        <v>46792.666666666664</v>
       </c>
       <c t="s" r="D515" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E515" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F515" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G515" s="2">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c t="s" r="H515" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="516" ht="13.5" customHeight="1">
       <c t="s" r="A516" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B516" s="3">
-        <v>46662.270833333328</v>
+        <v>46795.270833333328</v>
       </c>
       <c r="C516" s="3">
-        <v>46662.645833333328</v>
+        <v>46795.645833333328</v>
       </c>
       <c t="s" r="D516" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E516" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F516" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G516" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H516" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="517" ht="13.5" customHeight="1">
       <c t="s" r="A517" s="2">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="B517" s="3">
-        <v>46664.270833333328</v>
+        <v>46796.25</v>
       </c>
       <c r="C517" s="3">
-        <v>46664.645833333328</v>
+        <v>46796.666666666664</v>
       </c>
       <c t="s" r="D517" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E517" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F517" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G517" s="2">
         <v>12</v>
       </c>
       <c t="s" r="H517" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="518" ht="13.5" customHeight="1">
       <c t="s" r="A518" s="2">
-        <v>8</v>
+        <v>84</v>
       </c>
       <c r="B518" s="3">
-        <v>46668.270833333328</v>
+        <v>46796.291666666664</v>
       </c>
       <c r="C518" s="3">
-        <v>46668.645833333328</v>
+        <v>46796.770833333328</v>
       </c>
       <c t="s" r="D518" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E518" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F518" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G518" s="2">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c t="s" r="H518" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="519" ht="13.5" customHeight="1">
       <c t="s" r="A519" s="2">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="B519" s="3">
-        <v>46669.25</v>
+        <v>46797.25</v>
       </c>
       <c r="C519" s="3">
-        <v>46669.78125</v>
+        <v>46797.916666666664</v>
       </c>
       <c t="s" r="D519" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E519" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F519" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G519" s="2">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c t="s" r="H519" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="520" ht="13.5" customHeight="1">
-      <c t="s" r="A520" s="2">
-[...17 lines deleted...]
-      <c t="s" r="G520" s="2">
+      <c t="s" r="A520" s="4">
+        <v>89</v>
+      </c>
+      <c r="B520" s="5">
+        <v>46797.333333333328</v>
+      </c>
+      <c r="C520" s="5">
+        <v>46798.75</v>
+      </c>
+      <c t="s" r="D520" s="4">
         <v>15</v>
       </c>
-      <c t="s" r="H520" s="2">
+      <c t="s" r="E520" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F520" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G520" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H520" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="521" ht="13.5" customHeight="1">
       <c t="s" r="A521" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B521" s="3">
-        <v>46672.270833333328</v>
+        <v>46798.270833333328</v>
       </c>
       <c r="C521" s="3">
-        <v>46672.645833333328</v>
+        <v>46798.645833333328</v>
       </c>
       <c t="s" r="D521" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E521" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F521" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G521" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H521" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="522" ht="13.5" customHeight="1">
-      <c t="s" r="A522" s="2">
-[...17 lines deleted...]
-      <c t="s" r="G522" s="2">
+      <c t="s" r="A522" s="4">
+        <v>49</v>
+      </c>
+      <c r="B522" s="5">
+        <v>46799.25</v>
+      </c>
+      <c r="C522" s="5">
+        <v>46800.958333333328</v>
+      </c>
+      <c t="s" r="D522" s="4">
+        <v>9</v>
+      </c>
+      <c t="s" r="E522" s="4">
+        <v>10</v>
+      </c>
+      <c t="s" r="F522" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G522" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H522" s="4">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="523" ht="13.5" customHeight="1">
+      <c t="s" r="A523" s="4">
+        <v>82</v>
+      </c>
+      <c r="B523" s="5">
+        <v>46800.270833333328</v>
+      </c>
+      <c r="C523" s="5">
+        <v>46801.708333333328</v>
+      </c>
+      <c t="s" r="D523" s="4">
         <v>15</v>
       </c>
-      <c t="s" r="H522" s="2">
-[...25 lines deleted...]
-      <c t="s" r="H523" s="2">
+      <c t="s" r="E523" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F523" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G523" s="4">
+        <v>39</v>
+      </c>
+      <c t="s" r="H523" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="524" ht="13.5" customHeight="1">
       <c t="s" r="A524" s="2">
-        <v>82</v>
+        <v>65</v>
       </c>
       <c r="B524" s="3">
-        <v>46680.25</v>
+        <v>46801.25</v>
       </c>
       <c r="C524" s="3">
-        <v>46680.78125</v>
+        <v>46801.666666666664</v>
       </c>
       <c t="s" r="D524" s="2">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c t="s" r="E524" s="2">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c t="s" r="F524" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G524" s="2">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c t="s" r="H524" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="525" ht="13.5" customHeight="1">
       <c t="s" r="A525" s="2">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B525" s="3">
-        <v>46682.270833333328</v>
+        <v>46801.270833333328</v>
       </c>
       <c r="C525" s="3">
-        <v>46682.645833333328</v>
+        <v>46801.666666666664</v>
       </c>
       <c t="s" r="D525" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E525" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F525" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G525" s="2">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c t="s" r="H525" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="526" ht="13.5" customHeight="1">
       <c t="s" r="A526" s="2">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B526" s="3">
-        <v>46683.25</v>
+        <v>46802.270833333328</v>
       </c>
       <c r="C526" s="3">
-        <v>46683.666666666664</v>
+        <v>46802.708333333328</v>
       </c>
       <c t="s" r="D526" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E526" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F526" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G526" s="2">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c t="s" r="H526" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="527" ht="13.5" customHeight="1">
       <c t="s" r="A527" s="2">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="B527" s="3">
-        <v>46683.270833333328</v>
+        <v>46803.25</v>
       </c>
       <c r="C527" s="3">
-        <v>46683.645833333328</v>
+        <v>46803.666666666664</v>
       </c>
       <c t="s" r="D527" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E527" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F527" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G527" s="2">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c t="s" r="H527" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="528" ht="13.5" customHeight="1">
       <c t="s" r="A528" s="2">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B528" s="3">
-        <v>46684.270833333328</v>
+        <v>46804.270833333328</v>
       </c>
       <c r="C528" s="3">
-        <v>46684.708333333328</v>
+        <v>46804.666666666664</v>
       </c>
       <c t="s" r="D528" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E528" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F528" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G528" s="2">
         <v>20</v>
       </c>
       <c t="s" r="H528" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="529" ht="13.5" customHeight="1">
       <c t="s" r="A529" s="2">
-        <v>96</v>
+        <v>66</v>
       </c>
       <c r="B529" s="3">
-        <v>46684.291666666664</v>
+        <v>46807.25</v>
       </c>
       <c r="C529" s="3">
-        <v>46684.770833333328</v>
+        <v>46807.999305555553</v>
       </c>
       <c t="s" r="D529" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E529" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F529" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G529" s="2">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c t="s" r="H529" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="530" ht="13.5" customHeight="1">
       <c t="s" r="A530" s="2">
-        <v>97</v>
+        <v>66</v>
       </c>
       <c r="B530" s="3">
-        <v>46686.25</v>
+        <v>46808</v>
       </c>
       <c r="C530" s="3">
-        <v>46686.666666666664</v>
+        <v>46808.75</v>
       </c>
       <c t="s" r="D530" s="2">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c t="s" r="E530" s="2">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c t="s" r="F530" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G530" s="2">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c t="s" r="H530" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="531" ht="13.5" customHeight="1">
       <c t="s" r="A531" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B531" s="3">
-        <v>46686.270833333328</v>
+        <v>46808.270833333328</v>
       </c>
       <c r="C531" s="3">
-        <v>46686.645833333328</v>
+        <v>46808.645833333328</v>
       </c>
       <c t="s" r="D531" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E531" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F531" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G531" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H531" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="532" ht="13.5" customHeight="1">
       <c t="s" r="A532" s="2">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="B532" s="3">
-        <v>46687.270833333328</v>
+        <v>46809.25</v>
       </c>
       <c r="C532" s="3">
-        <v>46687.666666666664</v>
+        <v>46809.791666666664</v>
       </c>
       <c t="s" r="D532" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E532" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F532" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G532" s="2">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c t="s" r="H532" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="533" ht="13.5" customHeight="1">
       <c t="s" r="A533" s="2">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="B533" s="3">
-        <v>46688.270833333328</v>
+        <v>46809.291666666664</v>
       </c>
       <c r="C533" s="3">
-        <v>46688.666666666664</v>
+        <v>46809.999305555553</v>
       </c>
       <c t="s" r="D533" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E533" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F533" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G533" s="2">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c t="s" r="H533" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="534" ht="13.5" customHeight="1">
       <c t="s" r="A534" s="2">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="B534" s="3">
-        <v>46689.270833333328</v>
+        <v>46810.020833333328</v>
       </c>
       <c r="C534" s="3">
-        <v>46689.666666666664</v>
+        <v>46810.75</v>
       </c>
       <c t="s" r="D534" s="2">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c t="s" r="E534" s="2">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c t="s" r="F534" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G534" s="2">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c t="s" r="H534" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="535" ht="13.5" customHeight="1">
       <c t="s" r="A535" s="2">
-        <v>84</v>
+        <v>29</v>
       </c>
       <c r="B535" s="3">
-        <v>46690.25</v>
+        <v>46810.25</v>
       </c>
       <c r="C535" s="3">
-        <v>46690.666666666664</v>
+        <v>46810.989583333328</v>
       </c>
       <c t="s" r="D535" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E535" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F535" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G535" s="2">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c t="s" r="H535" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="536" ht="13.5" customHeight="1">
       <c t="s" r="A536" s="2">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="B536" s="3">
-        <v>46690.270833333328</v>
+        <v>46810.291666666664</v>
       </c>
       <c r="C536" s="3">
-        <v>46690.645833333328</v>
+        <v>46810.770833333328</v>
       </c>
       <c t="s" r="D536" s="2">
+        <v>15</v>
+      </c>
+      <c t="s" r="E536" s="2">
+        <v>16</v>
+      </c>
+      <c t="s" r="F536" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G536" s="2">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c t="s" r="H536" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="537" ht="13.5" customHeight="1">
       <c t="s" r="A537" s="2">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B537" s="3">
-        <v>46691.270833333328</v>
+        <v>46811.010416666664</v>
       </c>
       <c r="C537" s="3">
-        <v>46691.645833333328</v>
+        <v>46811.791666666664</v>
       </c>
       <c t="s" r="D537" s="2">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c t="s" r="E537" s="2">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c t="s" r="F537" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G537" s="2">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c t="s" r="H537" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="538" ht="13.5" customHeight="1">
       <c t="s" r="A538" s="2">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="B538" s="3">
-        <v>46693.25</v>
+        <v>46811.270833333328</v>
       </c>
       <c r="C538" s="3">
-        <v>46693.666666666664</v>
+        <v>46811.645833333328</v>
       </c>
       <c t="s" r="D538" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E538" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F538" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G538" s="2">
         <v>22</v>
       </c>
       <c t="s" r="H538" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="539" ht="13.5" customHeight="1">
       <c t="s" r="A539" s="2">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="B539" s="3">
-        <v>46696.270833333328</v>
+        <v>46811.270833333328</v>
       </c>
       <c r="C539" s="3">
-        <v>46696.666666666664</v>
+        <v>46811.666666666664</v>
       </c>
       <c t="s" r="D539" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E539" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F539" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G539" s="2">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c t="s" r="H539" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="540" ht="13.5" customHeight="1">
       <c t="s" r="A540" s="2">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="B540" s="3">
-        <v>46696.270833333328</v>
+        <v>46812.25</v>
       </c>
       <c r="C540" s="3">
-        <v>46696.645833333328</v>
+        <v>46812.666666666664</v>
       </c>
       <c t="s" r="D540" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E540" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F540" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G540" s="2">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c t="s" r="H540" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="541" ht="13.5" customHeight="1">
       <c t="s" r="A541" s="4">
+        <v>90</v>
+      </c>
+      <c r="B541" s="5">
+        <v>46812.333333333328</v>
+      </c>
+      <c r="C541" s="5">
+        <v>46813.916666666664</v>
+      </c>
+      <c t="s" r="D541" s="4">
+        <v>24</v>
+      </c>
+      <c t="s" r="E541" s="4">
+        <v>25</v>
+      </c>
+      <c t="s" r="F541" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G541" s="4">
         <v>52</v>
-      </c>
-[...16 lines deleted...]
-        <v>53</v>
       </c>
       <c t="s" r="H541" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="542" ht="13.5" customHeight="1">
       <c t="s" r="A542" s="2">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B542" s="3">
-        <v>46697.270833333328</v>
+        <v>46813.270833333328</v>
       </c>
       <c r="C542" s="3">
-        <v>46697.645833333328</v>
+        <v>46813.666666666664</v>
       </c>
       <c t="s" r="D542" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E542" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F542" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G542" s="2">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c t="s" r="H542" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="543" ht="13.5" customHeight="1">
-      <c t="s" r="A543" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H543" s="2">
+      <c t="s" r="A543" s="4">
+        <v>36</v>
+      </c>
+      <c r="B543" s="5">
+        <v>46813.333333333328</v>
+      </c>
+      <c r="C543" s="5">
+        <v>46814.958333333328</v>
+      </c>
+      <c t="s" r="D543" s="4">
+        <v>15</v>
+      </c>
+      <c t="s" r="E543" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F543" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G543" s="4">
+        <v>37</v>
+      </c>
+      <c t="s" r="H543" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="544" ht="13.5" customHeight="1">
       <c t="s" r="A544" s="2">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="B544" s="3">
-        <v>46699.270833333328</v>
+        <v>46814.25</v>
       </c>
       <c r="C544" s="3">
-        <v>46699.666666666664</v>
+        <v>46814.78125</v>
       </c>
       <c t="s" r="D544" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E544" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F544" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G544" s="2">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c t="s" r="H544" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="545" ht="13.5" customHeight="1">
       <c t="s" r="A545" s="2">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="B545" s="3">
-        <v>46699.270833333328</v>
+        <v>46814.375</v>
       </c>
       <c r="C545" s="3">
-        <v>46699.645833333328</v>
+        <v>46814.978472222218</v>
       </c>
       <c t="s" r="D545" s="2">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c t="s" r="E545" s="2">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c t="s" r="F545" s="2">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c t="s" r="G545" s="2">
+        <v>77</v>
+      </c>
+      <c t="s" r="H545" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="546" ht="13.5" customHeight="1">
+      <c t="s" r="A546" s="4">
+        <v>91</v>
+      </c>
+      <c r="B546" s="5">
+        <v>46815.020833333328</v>
+      </c>
+      <c r="C546" s="5">
+        <v>46816.708333333328</v>
+      </c>
+      <c t="s" r="D546" s="4">
         <v>15</v>
       </c>
-      <c t="s" r="H545" s="2">
-[...25 lines deleted...]
-      <c t="s" r="H546" s="2">
+      <c t="s" r="E546" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F546" s="4">
+        <v>70</v>
+      </c>
+      <c t="s" r="G546" s="4">
+        <v>77</v>
+      </c>
+      <c t="s" r="H546" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="547" ht="13.5" customHeight="1">
-      <c t="s" r="A547" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H547" s="2">
+      <c t="s" r="A547" s="4">
+        <v>80</v>
+      </c>
+      <c r="B547" s="5">
+        <v>46815.270833333328</v>
+      </c>
+      <c r="C547" s="5">
+        <v>46816.78125</v>
+      </c>
+      <c t="s" r="D547" s="4">
+        <v>9</v>
+      </c>
+      <c t="s" r="E547" s="4">
+        <v>10</v>
+      </c>
+      <c t="s" r="F547" s="4">
+        <v>70</v>
+      </c>
+      <c t="s" r="G547" s="4">
+        <v>81</v>
+      </c>
+      <c t="s" r="H547" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="548" ht="13.5" customHeight="1">
       <c t="s" r="A548" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B548" s="3">
-        <v>46703.270833333328</v>
+        <v>46820.270833333328</v>
       </c>
       <c r="C548" s="3">
-        <v>46703.645833333328</v>
+        <v>46820.645833333328</v>
       </c>
       <c t="s" r="D548" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E548" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F548" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G548" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H548" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="549" ht="13.5" customHeight="1">
-      <c t="s" r="A549" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H549" s="4">
+      <c t="s" r="A549" s="2">
+        <v>18</v>
+      </c>
+      <c r="B549" s="3">
+        <v>46822.270833333328</v>
+      </c>
+      <c r="C549" s="3">
+        <v>46822.666666666664</v>
+      </c>
+      <c t="s" r="D549" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E549" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F549" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G549" s="2">
+        <v>20</v>
+      </c>
+      <c t="s" r="H549" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="550" ht="13.5" customHeight="1">
       <c t="s" r="A550" s="2">
-        <v>84</v>
+        <v>50</v>
       </c>
       <c r="B550" s="3">
-        <v>46704.25</v>
+        <v>46823.25</v>
       </c>
       <c r="C550" s="3">
-        <v>46704.666666666664</v>
+        <v>46823.666666666664</v>
       </c>
       <c t="s" r="D550" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E550" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F550" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G550" s="2">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c t="s" r="H550" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="551" ht="13.5" customHeight="1">
-      <c t="s" r="A551" s="2">
-[...17 lines deleted...]
-      <c t="s" r="G551" s="2">
+      <c t="s" r="A551" s="4">
+        <v>64</v>
+      </c>
+      <c r="B551" s="5">
+        <v>46823.291666666664</v>
+      </c>
+      <c r="C551" s="5">
+        <v>46824.75</v>
+      </c>
+      <c t="s" r="D551" s="4">
         <v>15</v>
       </c>
-      <c t="s" r="H551" s="2">
+      <c t="s" r="E551" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F551" s="4">
+        <v>11</v>
+      </c>
+      <c t="s" r="G551" s="4">
+        <v>26</v>
+      </c>
+      <c t="s" r="H551" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="552" ht="13.5" customHeight="1">
       <c t="s" r="A552" s="2">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B552" s="3">
-        <v>46707.270833333328</v>
+        <v>46824.270833333328</v>
       </c>
       <c r="C552" s="3">
-        <v>46707.645833333328</v>
+        <v>46824.666666666664</v>
       </c>
       <c t="s" r="D552" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E552" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F552" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G552" s="2">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c t="s" r="H552" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="553" ht="13.5" customHeight="1">
       <c t="s" r="A553" s="2">
-        <v>19</v>
+        <v>92</v>
       </c>
       <c r="B553" s="3">
-        <v>46708.270833333328</v>
+        <v>46824.5</v>
       </c>
       <c r="C553" s="3">
-        <v>46708.666666666664</v>
+        <v>46824.8125</v>
       </c>
       <c t="s" r="D553" s="2">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c t="s" r="E553" s="2">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c t="s" r="F553" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G553" s="2">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c t="s" r="H553" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="554" ht="13.5" customHeight="1">
-      <c t="s" r="A554" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H554" s="2">
+      <c t="s" r="A554" s="4">
+        <v>92</v>
+      </c>
+      <c r="B554" s="5">
+        <v>46824.833333333328</v>
+      </c>
+      <c r="C554" s="5">
+        <v>46825.832638888889</v>
+      </c>
+      <c t="s" r="D554" s="4">
+        <v>15</v>
+      </c>
+      <c t="s" r="E554" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F554" s="4">
+        <v>19</v>
+      </c>
+      <c t="s" r="G554" s="4">
+        <v>28</v>
+      </c>
+      <c t="s" r="H554" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="555" ht="13.5" customHeight="1">
       <c t="s" r="A555" s="2">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B555" s="3">
-        <v>46711.270833333328</v>
+        <v>46825.270833333328</v>
       </c>
       <c r="C555" s="3">
-        <v>46711.645833333328</v>
+        <v>46825.666666666664</v>
       </c>
       <c t="s" r="D555" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E555" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F555" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G555" s="2">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c t="s" r="H555" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="556" ht="13.5" customHeight="1">
       <c t="s" r="A556" s="2">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="B556" s="3">
-        <v>46712.291666666664</v>
+        <v>46826.25</v>
       </c>
       <c r="C556" s="3">
-        <v>46712.770833333328</v>
+        <v>46826.666666666664</v>
       </c>
       <c t="s" r="D556" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E556" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F556" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G556" s="2">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c t="s" r="H556" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="557" ht="13.5" customHeight="1">
       <c t="s" r="A557" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B557" s="3">
-        <v>46714.270833333328</v>
+        <v>46829.270833333328</v>
       </c>
       <c r="C557" s="3">
-        <v>46714.645833333328</v>
+        <v>46829.645833333328</v>
       </c>
       <c t="s" r="D557" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E557" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F557" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G557" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H557" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="558" ht="13.5" customHeight="1">
       <c t="s" r="A558" s="2">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="B558" s="3">
-        <v>46715.25</v>
+        <v>46829.270833333328</v>
       </c>
       <c r="C558" s="3">
-        <v>46715.666666666664</v>
+        <v>46829.645833333328</v>
       </c>
       <c t="s" r="D558" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E558" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F558" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G558" s="2">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c t="s" r="H558" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="559" ht="13.5" customHeight="1">
       <c t="s" r="A559" s="2">
         <v>14</v>
       </c>
       <c r="B559" s="3">
-        <v>46716.270833333328</v>
+        <v>46832.270833333328</v>
       </c>
       <c r="C559" s="3">
-        <v>46716.645833333328</v>
+        <v>46832.645833333328</v>
       </c>
       <c t="s" r="D559" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E559" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F559" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G559" s="2">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c t="s" r="H559" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="560" ht="13.5" customHeight="1">
-      <c t="s" r="A560" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H560" s="4">
+      <c t="s" r="A560" s="2">
+        <v>21</v>
+      </c>
+      <c r="B560" s="3">
+        <v>46833.270833333328</v>
+      </c>
+      <c r="C560" s="3">
+        <v>46833.645833333328</v>
+      </c>
+      <c t="s" r="D560" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E560" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F560" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G560" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H560" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="561" ht="13.5" customHeight="1">
       <c t="s" r="A561" s="2">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="B561" s="3">
-        <v>46717.270833333328</v>
+        <v>46833.270833333328</v>
       </c>
       <c r="C561" s="3">
-        <v>46717.666666666664</v>
+        <v>46833.666666666664</v>
       </c>
       <c t="s" r="D561" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c t="s" r="E561" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c t="s" r="F561" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G561" s="2">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c t="s" r="H561" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="562" ht="13.5" customHeight="1">
       <c t="s" r="A562" s="2">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B562" s="3">
-        <v>46718.270833333328</v>
+        <v>46834.270833333328</v>
       </c>
       <c r="C562" s="3">
-        <v>46718.645833333328</v>
+        <v>46834.666666666664</v>
       </c>
       <c t="s" r="D562" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E562" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F562" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G562" s="2">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c t="s" r="H562" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="563" ht="13.5" customHeight="1">
       <c t="s" r="A563" s="2">
-        <v>84</v>
+        <v>31</v>
       </c>
       <c r="B563" s="3">
-        <v>46719.25</v>
+        <v>46835.291666666664</v>
       </c>
       <c r="C563" s="3">
-        <v>46719.666666666664</v>
+        <v>46835.958333333328</v>
       </c>
       <c t="s" r="D563" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E563" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F563" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G563" s="2">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c t="s" r="H563" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="564" ht="13.5" customHeight="1">
       <c t="s" r="A564" s="2">
-        <v>19</v>
+        <v>93</v>
       </c>
       <c r="B564" s="3">
-        <v>46720.270833333328</v>
+        <v>46836.25</v>
       </c>
       <c r="C564" s="3">
-        <v>46720.666666666664</v>
+        <v>46836.989583333328</v>
       </c>
       <c t="s" r="D564" s="2">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c t="s" r="E564" s="2">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c t="s" r="F564" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G564" s="2">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c t="s" r="H564" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="565" ht="13.5" customHeight="1">
       <c t="s" r="A565" s="2">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="B565" s="3">
-        <v>46720.270833333328</v>
+        <v>46836.270833333328</v>
       </c>
       <c r="C565" s="3">
-        <v>46720.645833333328</v>
+        <v>46836.666666666664</v>
       </c>
       <c t="s" r="D565" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E565" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F565" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G565" s="2">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c t="s" r="H565" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="566" ht="13.5" customHeight="1">
       <c t="s" r="A566" s="2">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="B566" s="3">
-        <v>46722.25</v>
+        <v>46837.03125</v>
       </c>
       <c r="C566" s="3">
-        <v>46722.666666666664</v>
+        <v>46837.791666666664</v>
       </c>
       <c t="s" r="D566" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E566" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F566" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G566" s="2">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c t="s" r="H566" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="567" ht="13.5" customHeight="1">
       <c t="s" r="A567" s="2">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B567" s="3">
-        <v>46723.25</v>
+        <v>46838.291666666664</v>
       </c>
       <c r="C567" s="3">
-        <v>46723.666666666664</v>
+        <v>46838.875</v>
       </c>
       <c t="s" r="D567" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E567" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F567" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G567" s="2">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c t="s" r="H567" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="568" ht="13.5" customHeight="1">
       <c t="s" r="A568" s="2">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="B568" s="3">
-        <v>46724.270833333328</v>
+        <v>46839.25</v>
       </c>
       <c r="C568" s="3">
-        <v>46724.645833333328</v>
+        <v>46839.78125</v>
       </c>
       <c t="s" r="D568" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E568" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F568" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G568" s="2">
+        <v>12</v>
+      </c>
+      <c t="s" r="H568" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="569" ht="13.5" customHeight="1">
+      <c t="s" r="A569" s="4">
+        <v>94</v>
+      </c>
+      <c r="B569" s="5">
+        <v>46841.270833333328</v>
+      </c>
+      <c r="C569" s="5">
+        <v>46842.708333333328</v>
+      </c>
+      <c t="s" r="D569" s="4">
         <v>15</v>
       </c>
-      <c t="s" r="H568" s="2">
-[...25 lines deleted...]
-      <c t="s" r="H569" s="2">
+      <c t="s" r="E569" s="4">
+        <v>16</v>
+      </c>
+      <c t="s" r="F569" s="4">
+        <v>11</v>
+      </c>
+      <c t="s" r="G569" s="4">
+        <v>26</v>
+      </c>
+      <c t="s" r="H569" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="570" ht="13.5" customHeight="1">
       <c t="s" r="A570" s="2">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="B570" s="3">
-        <v>46726.25</v>
+        <v>46842.25</v>
       </c>
       <c r="C570" s="3">
-        <v>46726.666666666664</v>
+        <v>46842.666666666664</v>
       </c>
       <c t="s" r="D570" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E570" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F570" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G570" s="2">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c t="s" r="H570" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="571" ht="13.5" customHeight="1">
       <c t="s" r="A571" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B571" s="3">
-        <v>46727.270833333328</v>
+        <v>46843.270833333328</v>
       </c>
       <c r="C571" s="3">
-        <v>46727.645833333328</v>
+        <v>46843.645833333328</v>
       </c>
       <c t="s" r="D571" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E571" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F571" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G571" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H571" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="572" ht="13.5" customHeight="1">
       <c t="s" r="A572" s="2">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B572" s="3">
-        <v>46728.270833333328</v>
+        <v>46845.270833333328</v>
       </c>
       <c r="C572" s="3">
-        <v>46728.645833333328</v>
+        <v>46845.666666666664</v>
       </c>
       <c t="s" r="D572" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E572" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F572" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G572" s="2">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c t="s" r="H572" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="573" ht="13.5" customHeight="1">
       <c t="s" r="A573" s="2">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B573" s="3">
-        <v>46729.270833333328</v>
+        <v>46846.270833333328</v>
       </c>
       <c r="C573" s="3">
-        <v>46729.666666666664</v>
+        <v>46846.645833333328</v>
       </c>
       <c t="s" r="D573" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E573" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F573" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G573" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c t="s" r="H573" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="574" ht="13.5" customHeight="1">
-      <c t="s" r="A574" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H574" s="4">
+      <c t="s" r="A574" s="2">
+        <v>32</v>
+      </c>
+      <c r="B574" s="3">
+        <v>46847.25</v>
+      </c>
+      <c r="C574" s="3">
+        <v>46847.666666666664</v>
+      </c>
+      <c t="s" r="D574" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E574" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F574" s="2">
+        <v>19</v>
+      </c>
+      <c t="s" r="G574" s="2">
+        <v>33</v>
+      </c>
+      <c t="s" r="H574" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="575" ht="13.5" customHeight="1">
       <c t="s" r="A575" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B575" s="3">
-        <v>46731.270833333328</v>
+        <v>46850.270833333328</v>
       </c>
       <c r="C575" s="3">
-        <v>46731.645833333328</v>
+        <v>46850.645833333328</v>
       </c>
       <c t="s" r="D575" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E575" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F575" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G575" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H575" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="576" ht="13.5" customHeight="1">
-      <c t="s" r="A576" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H576" s="4">
+      <c t="s" r="A576" s="2">
+        <v>21</v>
+      </c>
+      <c r="B576" s="3">
+        <v>46853.270833333328</v>
+      </c>
+      <c r="C576" s="3">
+        <v>46853.645833333328</v>
+      </c>
+      <c t="s" r="D576" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E576" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F576" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G576" s="2">
+        <v>22</v>
+      </c>
+      <c t="s" r="H576" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="577" ht="13.5" customHeight="1">
       <c t="s" r="A577" s="2">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B577" s="3">
-        <v>46733.270833333328</v>
+        <v>46854.270833333328</v>
       </c>
       <c r="C577" s="3">
-        <v>46733.645833333328</v>
+        <v>46854.666666666664</v>
       </c>
       <c t="s" r="D577" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E577" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F577" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G577" s="2">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c t="s" r="H577" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="578" ht="13.5" customHeight="1">
       <c t="s" r="A578" s="2">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="B578" s="3">
-        <v>46734.270833333328</v>
+        <v>46855.270833333328</v>
       </c>
       <c r="C578" s="3">
-        <v>46734.666666666664</v>
+        <v>46855.666666666664</v>
       </c>
       <c t="s" r="D578" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E578" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F578" s="2">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c t="s" r="G578" s="2">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c t="s" r="H578" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="579" ht="13.5" customHeight="1">
       <c t="s" r="A579" s="2">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="B579" s="3">
-        <v>46734.270833333328</v>
+        <v>46856.25</v>
       </c>
       <c r="C579" s="3">
-        <v>46734.645833333328</v>
+        <v>46856.666666666664</v>
       </c>
       <c t="s" r="D579" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E579" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F579" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G579" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c t="s" r="H579" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="580" ht="13.5" customHeight="1">
       <c t="s" r="A580" s="2">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="B580" s="3">
-        <v>46735.333333333328</v>
+        <v>46857.270833333328</v>
       </c>
       <c r="C580" s="3">
-        <v>46735.875</v>
+        <v>46857.645833333328</v>
       </c>
       <c t="s" r="D580" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E580" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F580" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G580" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c t="s" r="H580" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="581" ht="13.5" customHeight="1">
       <c t="s" r="A581" s="2">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B581" s="3">
-        <v>46737.270833333328</v>
+        <v>46858.270833333328</v>
       </c>
       <c r="C581" s="3">
-        <v>46737.645833333328</v>
+        <v>46858.666666666664</v>
       </c>
       <c t="s" r="D581" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E581" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F581" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G581" s="2">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c t="s" r="H581" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="582" ht="13.5" customHeight="1">
       <c t="s" r="A582" s="2">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B582" s="3">
-        <v>46738.270833333328</v>
+        <v>46861.270833333328</v>
       </c>
       <c r="C582" s="3">
-        <v>46738.666666666664</v>
+        <v>46861.645833333328</v>
       </c>
       <c t="s" r="D582" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E582" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F582" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G582" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c t="s" r="H582" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="583" ht="13.5" customHeight="1">
       <c t="s" r="A583" s="2">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="B583" s="3">
-        <v>46738.270833333328</v>
+        <v>46862.270833333328</v>
       </c>
       <c r="C583" s="3">
-        <v>46738.645833333328</v>
+        <v>46862.666666666664</v>
       </c>
       <c t="s" r="D583" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E583" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F583" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G583" s="2">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c t="s" r="H583" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="584" ht="13.5" customHeight="1">
       <c t="s" r="A584" s="2">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="B584" s="3">
-        <v>46740.25</v>
+        <v>46866.291666666664</v>
       </c>
       <c r="C584" s="3">
-        <v>46740.666666666664</v>
+        <v>46866.666666666664</v>
       </c>
       <c t="s" r="D584" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E584" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F584" s="2">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c t="s" r="G584" s="2">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c t="s" r="H584" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="585" ht="13.5" customHeight="1">
       <c t="s" r="A585" s="2">
-        <v>96</v>
+        <v>21</v>
       </c>
       <c r="B585" s="3">
-        <v>46740.291666666664</v>
+        <v>46870.270833333328</v>
       </c>
       <c r="C585" s="3">
-        <v>46740.708333333328</v>
+        <v>46870.645833333328</v>
       </c>
       <c t="s" r="D585" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E585" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F585" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G585" s="2">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c t="s" r="H585" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="586" ht="13.5" customHeight="1">
       <c t="s" r="A586" s="2">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B586" s="3">
-        <v>46741.270833333328</v>
+        <v>46874.270833333328</v>
       </c>
       <c r="C586" s="3">
-        <v>46741.666666666664</v>
+        <v>46874.645833333328</v>
       </c>
       <c t="s" r="D586" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E586" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F586" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G586" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c t="s" r="H586" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="587" ht="13.5" customHeight="1">
       <c t="s" r="A587" s="2">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="B587" s="3">
-        <v>46741.291666666664</v>
+        <v>46884.270833333328</v>
       </c>
       <c r="C587" s="3">
-        <v>46741.666666666664</v>
+        <v>46884.645833333328</v>
       </c>
       <c t="s" r="D587" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E587" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F587" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G587" s="2">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c t="s" r="H587" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="588" ht="13.5" customHeight="1">
       <c t="s" r="A588" s="2">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="B588" s="3">
-        <v>46742.270833333328</v>
+        <v>46888.270833333328</v>
       </c>
       <c r="C588" s="3">
-        <v>46742.78125</v>
+        <v>46888.645833333328</v>
       </c>
       <c t="s" r="D588" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E588" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F588" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G588" s="2">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c t="s" r="H588" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="589" ht="13.5" customHeight="1">
-      <c t="s" r="A589" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H589" s="2">
+      <c t="s" r="A589" s="6">
+        <v>43</v>
+      </c>
+      <c r="B589" s="7">
+        <v>46892.6875</v>
+      </c>
+      <c r="C589" s="7">
+        <v>46892.979166666664</v>
+      </c>
+      <c t="s" r="D589" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E589" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F589" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G589" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H589" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="590" ht="13.5" customHeight="1">
-      <c t="s" r="A590" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H590" s="2">
+      <c t="s" r="A590" s="6">
+        <v>43</v>
+      </c>
+      <c r="B590" s="7">
+        <v>46893.666666666664</v>
+      </c>
+      <c r="C590" s="7">
+        <v>46893.979166666664</v>
+      </c>
+      <c t="s" r="D590" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E590" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F590" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G590" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H590" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="591" ht="13.5" customHeight="1">
-      <c t="s" r="A591" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H591" s="4">
+      <c t="s" r="A591" s="6">
+        <v>43</v>
+      </c>
+      <c r="B591" s="7">
+        <v>46894.6875</v>
+      </c>
+      <c r="C591" s="7">
+        <v>46894.979166666664</v>
+      </c>
+      <c t="s" r="D591" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E591" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F591" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G591" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H591" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="592" ht="13.5" customHeight="1">
-      <c t="s" r="A592" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H592" s="2">
+      <c t="s" r="A592" s="6">
+        <v>43</v>
+      </c>
+      <c r="B592" s="7">
+        <v>46895.6875</v>
+      </c>
+      <c r="C592" s="7">
+        <v>46895.979166666664</v>
+      </c>
+      <c t="s" r="D592" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E592" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F592" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G592" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H592" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="593" ht="13.5" customHeight="1">
-      <c t="s" r="A593" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H593" s="4">
+      <c t="s" r="A593" s="6">
+        <v>43</v>
+      </c>
+      <c r="B593" s="7">
+        <v>46896.6875</v>
+      </c>
+      <c r="C593" s="7">
+        <v>46896.979166666664</v>
+      </c>
+      <c t="s" r="D593" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E593" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F593" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G593" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H593" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="594" ht="13.5" customHeight="1">
       <c t="s" r="A594" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B594" s="3">
-        <v>46747.270833333328</v>
+        <v>46897.270833333328</v>
       </c>
       <c r="C594" s="3">
-        <v>46747.645833333328</v>
+        <v>46897.645833333328</v>
       </c>
       <c t="s" r="D594" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E594" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F594" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G594" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H594" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="595" ht="13.5" customHeight="1">
-      <c t="s" r="A595" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H595" s="2">
+      <c t="s" r="A595" s="6">
+        <v>43</v>
+      </c>
+      <c r="B595" s="7">
+        <v>46897.6875</v>
+      </c>
+      <c r="C595" s="7">
+        <v>46897.979166666664</v>
+      </c>
+      <c t="s" r="D595" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E595" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F595" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G595" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H595" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="596" ht="13.5" customHeight="1">
-      <c t="s" r="A596" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H596" s="2">
+      <c t="s" r="A596" s="6">
+        <v>43</v>
+      </c>
+      <c r="B596" s="7">
+        <v>46898.6875</v>
+      </c>
+      <c r="C596" s="7">
+        <v>46898.979166666664</v>
+      </c>
+      <c t="s" r="D596" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E596" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F596" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G596" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H596" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="597" ht="13.5" customHeight="1">
-      <c t="s" r="A597" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H597" s="2">
+      <c t="s" r="A597" s="6">
+        <v>43</v>
+      </c>
+      <c r="B597" s="7">
+        <v>46899.6875</v>
+      </c>
+      <c r="C597" s="7">
+        <v>46899.979166666664</v>
+      </c>
+      <c t="s" r="D597" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E597" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F597" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G597" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H597" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="598" ht="13.5" customHeight="1">
-      <c t="s" r="A598" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H598" s="2">
+      <c t="s" r="A598" s="6">
+        <v>43</v>
+      </c>
+      <c r="B598" s="7">
+        <v>46900.6875</v>
+      </c>
+      <c r="C598" s="7">
+        <v>46900.979166666664</v>
+      </c>
+      <c t="s" r="D598" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E598" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F598" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G598" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H598" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="599" ht="13.5" customHeight="1">
       <c t="s" r="A599" s="6">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="B599" s="7">
-        <v>46752.083333333328</v>
+        <v>46901.6875</v>
       </c>
       <c r="C599" s="7">
-        <v>46753.916666666664</v>
+        <v>46901.979166666664</v>
       </c>
       <c t="s" r="D599" s="6">
         <v>9</v>
       </c>
       <c t="s" r="E599" s="6">
         <v>10</v>
       </c>
       <c t="s" r="F599" s="6">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c t="s" r="G599" s="6">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c t="s" r="H599" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="600" ht="13.5" customHeight="1">
-      <c t="s" r="A600" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H600" s="4">
+      <c t="s" r="A600" s="6">
+        <v>43</v>
+      </c>
+      <c r="B600" s="7">
+        <v>46902.6875</v>
+      </c>
+      <c r="C600" s="7">
+        <v>46902.979166666664</v>
+      </c>
+      <c t="s" r="D600" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E600" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F600" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G600" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H600" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="601" ht="13.5" customHeight="1">
-      <c t="s" r="A601" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H601" s="2">
+      <c t="s" r="A601" s="6">
+        <v>43</v>
+      </c>
+      <c r="B601" s="7">
+        <v>46903.6875</v>
+      </c>
+      <c r="C601" s="7">
+        <v>46903.979166666664</v>
+      </c>
+      <c t="s" r="D601" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E601" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F601" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G601" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H601" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="602" ht="13.5" customHeight="1">
-      <c t="s" r="A602" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H602" s="2">
+      <c t="s" r="A602" s="6">
+        <v>43</v>
+      </c>
+      <c r="B602" s="7">
+        <v>46904.6875</v>
+      </c>
+      <c r="C602" s="7">
+        <v>46904.979166666664</v>
+      </c>
+      <c t="s" r="D602" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E602" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F602" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G602" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H602" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="603" ht="13.5" customHeight="1">
-      <c t="s" r="A603" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H603" s="2">
+      <c t="s" r="A603" s="6">
+        <v>43</v>
+      </c>
+      <c r="B603" s="7">
+        <v>46905.6875</v>
+      </c>
+      <c r="C603" s="7">
+        <v>46905.979166666664</v>
+      </c>
+      <c t="s" r="D603" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E603" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F603" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G603" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H603" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="604" ht="13.5" customHeight="1">
       <c t="s" r="A604" s="2">
         <v>21</v>
       </c>
       <c r="B604" s="3">
-        <v>46756.270833333328</v>
+        <v>46906.270833333328</v>
       </c>
       <c r="C604" s="3">
-        <v>46756.666666666664</v>
+        <v>46906.645833333328</v>
       </c>
       <c t="s" r="D604" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E604" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F604" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G604" s="2">
         <v>22</v>
       </c>
       <c t="s" r="H604" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="605" ht="13.5" customHeight="1">
-      <c t="s" r="A605" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H605" s="2">
+      <c t="s" r="A605" s="6">
+        <v>43</v>
+      </c>
+      <c r="B605" s="7">
+        <v>46906.6875</v>
+      </c>
+      <c r="C605" s="7">
+        <v>46906.979166666664</v>
+      </c>
+      <c t="s" r="D605" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E605" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F605" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G605" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H605" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="606" ht="13.5" customHeight="1">
       <c t="s" r="A606" s="2">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="B606" s="3">
-        <v>46757.25</v>
+        <v>46907.25</v>
       </c>
       <c r="C606" s="3">
-        <v>46757.78125</v>
+        <v>46907.666666666664</v>
       </c>
       <c t="s" r="D606" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E606" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F606" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G606" s="2">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c t="s" r="H606" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="607" ht="13.5" customHeight="1">
-      <c t="s" r="A607" s="4">
-[...20 lines deleted...]
-      <c t="s" r="H607" s="4">
+      <c t="s" r="A607" s="6">
+        <v>43</v>
+      </c>
+      <c r="B607" s="7">
+        <v>46907.6875</v>
+      </c>
+      <c r="C607" s="7">
+        <v>46907.979166666664</v>
+      </c>
+      <c t="s" r="D607" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E607" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F607" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G607" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H607" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="608" ht="13.5" customHeight="1">
-      <c t="s" r="A608" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H608" s="2">
+      <c t="s" r="A608" s="6">
+        <v>43</v>
+      </c>
+      <c r="B608" s="7">
+        <v>46908.6875</v>
+      </c>
+      <c r="C608" s="7">
+        <v>46908.979166666664</v>
+      </c>
+      <c t="s" r="D608" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E608" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F608" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G608" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H608" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="609" ht="13.5" customHeight="1">
       <c t="s" r="A609" s="2">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B609" s="3">
-        <v>46761.270833333328</v>
+        <v>46909.270833333328</v>
       </c>
       <c r="C609" s="3">
-        <v>46761.645833333328</v>
+        <v>46909.645833333328</v>
       </c>
       <c t="s" r="D609" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E609" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F609" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G609" s="2">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c t="s" r="H609" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="610" ht="13.5" customHeight="1">
-      <c t="s" r="A610" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H610" s="2">
+      <c t="s" r="A610" s="6">
+        <v>43</v>
+      </c>
+      <c r="B610" s="7">
+        <v>46909.6875</v>
+      </c>
+      <c r="C610" s="7">
+        <v>46909.979166666664</v>
+      </c>
+      <c t="s" r="D610" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E610" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F610" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G610" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H610" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="611" ht="13.5" customHeight="1">
-      <c t="s" r="A611" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H611" s="2">
+      <c t="s" r="A611" s="6">
+        <v>43</v>
+      </c>
+      <c r="B611" s="7">
+        <v>46910.6875</v>
+      </c>
+      <c r="C611" s="7">
+        <v>46910.979166666664</v>
+      </c>
+      <c t="s" r="D611" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E611" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F611" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G611" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H611" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="612" ht="13.5" customHeight="1">
-      <c t="s" r="A612" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H612" s="2">
+      <c t="s" r="A612" s="6">
+        <v>43</v>
+      </c>
+      <c r="B612" s="7">
+        <v>46911.6875</v>
+      </c>
+      <c r="C612" s="7">
+        <v>46911.979166666664</v>
+      </c>
+      <c t="s" r="D612" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E612" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F612" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G612" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H612" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="613" ht="13.5" customHeight="1">
-      <c t="s" r="A613" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H613" s="2">
+      <c t="s" r="A613" s="6">
+        <v>43</v>
+      </c>
+      <c r="B613" s="7">
+        <v>46912.6875</v>
+      </c>
+      <c r="C613" s="7">
+        <v>46912.979166666664</v>
+      </c>
+      <c t="s" r="D613" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E613" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F613" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G613" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H613" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="614" ht="13.5" customHeight="1">
-      <c t="s" r="A614" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H614" s="2">
+      <c t="s" r="A614" s="6">
+        <v>43</v>
+      </c>
+      <c r="B614" s="7">
+        <v>46913.6875</v>
+      </c>
+      <c r="C614" s="7">
+        <v>46913.979166666664</v>
+      </c>
+      <c t="s" r="D614" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E614" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F614" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G614" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H614" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="615" ht="13.5" customHeight="1">
-      <c t="s" r="A615" s="2">
-[...20 lines deleted...]
-      <c t="s" r="H615" s="2">
+      <c t="s" r="A615" s="6">
+        <v>43</v>
+      </c>
+      <c r="B615" s="7">
+        <v>46914.6875</v>
+      </c>
+      <c r="C615" s="7">
+        <v>46914.979166666664</v>
+      </c>
+      <c t="s" r="D615" s="6">
+        <v>9</v>
+      </c>
+      <c t="s" r="E615" s="6">
+        <v>10</v>
+      </c>
+      <c t="s" r="F615" s="6">
+        <v>44</v>
+      </c>
+      <c t="s" r="G615" s="6">
+        <v>45</v>
+      </c>
+      <c t="s" r="H615" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="616" ht="13.5" customHeight="1">
       <c t="s" r="A616" s="2">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B616" s="3">
-        <v>46769.270833333328</v>
+        <v>46918.270833333328</v>
       </c>
       <c r="C616" s="3">
-        <v>46769.645833333328</v>
+        <v>46918.645833333328</v>
       </c>
       <c t="s" r="D616" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E616" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F616" s="2">
         <v>11</v>
       </c>
       <c t="s" r="G616" s="2">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c t="s" r="H616" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="617" ht="13.5" customHeight="1">
       <c t="s" r="A617" s="2">
-        <v>77</v>
+        <v>46</v>
       </c>
       <c r="B617" s="3">
-        <v>46770.270833333328</v>
+        <v>46921.25</v>
       </c>
       <c r="C617" s="3">
-        <v>46770.708333333328</v>
+        <v>46921.75</v>
       </c>
       <c t="s" r="D617" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E617" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F617" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G617" s="2">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c t="s" r="H617" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="618" ht="13.5" customHeight="1">
       <c t="s" r="A618" s="2">
-        <v>80</v>
+        <v>21</v>
       </c>
       <c r="B618" s="3">
-        <v>46770.270833333328</v>
+        <v>46922.270833333328</v>
       </c>
       <c r="C618" s="3">
-        <v>46770.708333333328</v>
+        <v>46922.645833333328</v>
       </c>
       <c t="s" r="D618" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c t="s" r="E618" s="2">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c t="s" r="F618" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G618" s="2">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c t="s" r="H618" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="619" ht="13.5" customHeight="1">
       <c t="s" r="A619" s="2">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B619" s="3">
-        <v>46771.270833333328</v>
+        <v>46926.270833333328</v>
       </c>
       <c r="C619" s="3">
-        <v>46771.666666666664</v>
+        <v>46926.645833333328</v>
       </c>
       <c t="s" r="D619" s="2">
         <v>9</v>
       </c>
       <c t="s" r="E619" s="2">
         <v>10</v>
       </c>
       <c t="s" r="F619" s="2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c t="s" r="G619" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c t="s" r="H619" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="620" ht="13.5" customHeight="1">
-      <c t="s" r="A620" s="4">
-[...77 lines deleted...]
-      <c t="s" r="A623" s="2">
+      <c t="s" r="A620" s="2">
         <v>21</v>
       </c>
-      <c r="B623" s="3">
-[...14 lines deleted...]
-      <c t="s" r="G623" s="2">
+      <c r="B620" s="3">
+        <v>46929.270833333328</v>
+      </c>
+      <c r="C620" s="3">
+        <v>46929.645833333328</v>
+      </c>
+      <c t="s" r="D620" s="2">
+        <v>9</v>
+      </c>
+      <c t="s" r="E620" s="2">
+        <v>10</v>
+      </c>
+      <c t="s" r="F620" s="2">
+        <v>11</v>
+      </c>
+      <c t="s" r="G620" s="2">
         <v>22</v>
       </c>
-      <c t="s" r="H623" s="2">
-[...3509 lines deleted...]
-      <c t="s" r="H758" s="2">
+      <c t="s" r="H620" s="2">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.200000002980232" right="0.200000002980232" top="1" bottom="1" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape"/>
   <ignoredErrors>
-    <ignoredError sqref="A1:H758" numberStoredAsText="1"/>
+    <ignoredError sqref="A1:H620" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="DXVersion">
     <vt:lpwstr>20.1.6.0</vt:lpwstr>
   </property>
 </Properties>
 </file>